--- v0 (2025-12-15)
+++ v1 (2026-03-27)
@@ -1,34394 +1,18322 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="64C52BCB">
-[...2 lines deleted...]
-        <w:spacing w:beforeLines="0" w:afterLines="0"/>
+    <w:p w14:paraId="1739E933" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
         <w:ind w:right="-2"/>
-        <w:outlineLvl w:val="9"/>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Title of the Paper </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(1</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>pt Times New Roman, Bold, Left)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1E0B4323">
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman, Bold, Left)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B40300" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="456822D2">
+    <w:p w14:paraId="4BE3D6B0" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:hint="default" w:cs="Arial"/>
-          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Author Name Surname</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ORCID </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>http</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>orcid</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>org</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>/0000-000</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>xxxx</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>xxxx</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7EB006E9" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hipercze"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
-          <w:lang w:val="pl-PL"/>
-[...7 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Hipercze"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E-mail </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>x.xxxx@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="420604D7" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enterprise or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, City, Country </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman, Left)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF49108" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="706CD371" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Author Name Surname</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> ORCID </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>http</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>orcid</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>org</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>/0000-000</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>xxxx</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>xxxx</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="19F899DA" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hipercze"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Hipercze"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E-mail </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>x.xxxx@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="71330726" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...4 lines deleted...]
-          <w:color w:val="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enterprise or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, City, Country </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman, Left)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA63D88" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D9366A4" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Author Name Surname</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ORCID </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>http</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>orcid</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>org</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>/0000-000</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>xxxx</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>xxxx</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1AD5926C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hipercze"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Hipercze"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E-mail </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>x.xxxx@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0E5F01FE" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "http://orcid.org/0000-0005-xxxx-xxxx" </w:instrText>
-[...7 lines deleted...]
-          <w:u w:val="none"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enterprise or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t>University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, City, Country </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>http</w:t>
-[...14 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t>(1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>orcid</w:t>
-[...14 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>org</w:t>
-[...1018 lines deleted...]
-    <w:p w14:paraId="0DF07BD9">
+        <w:t xml:space="preserve"> Times New Roman, Left)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DDC2F0F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2ADF0B67">
+    <w:p w14:paraId="33063EB9" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:hint="default"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="el-GR"/>
-[...4 lines deleted...]
-          <w:rFonts w:hint="default"/>
+          <w:lang w:val="en-GB" w:eastAsia="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="el-GR"/>
+          <w:lang w:val="en-GB" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3578F62F">
+    <w:p w14:paraId="11A104D2" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D4DFE2E">
+    <w:p w14:paraId="694295F2" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="407D5003">
+    <w:p w14:paraId="3A7F64D1" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:hint="default"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="el-GR"/>
-[...4 lines deleted...]
-          <w:rFonts w:hint="default"/>
+          <w:lang w:val="en-GB" w:eastAsia="el-GR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="el-GR"/>
+          <w:lang w:val="en-GB" w:eastAsia="el-GR"/>
         </w:rPr>
         <w:t>Corresponding Author</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B0969E9">
+    <w:p w14:paraId="444B8216" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Author Name Surname</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:rFonts w:hint="default" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Hipercze"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
-          <w:lang w:val="pl-PL"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail </w:t>
       </w:r>
-      <w:r>
-[...54 lines deleted...]
-    <w:p w14:paraId="782442AF">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>x.xxxx@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1FCA6FDE" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A50BF5E">
+    <w:p w14:paraId="34326460" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19C70761">
+    <w:p w14:paraId="0C4190B8" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75099C52">
+    <w:p w14:paraId="4A598E27" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CD34ACB">
+    <w:p w14:paraId="68AF478E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="252D4018">
+    <w:p w14:paraId="2759072D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="el-GR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50646C28">
+    <w:p w14:paraId="1D75151A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:hint="default"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="en-US"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Structured)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610B2F0E">
+    <w:p w14:paraId="2FB7526D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Background</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:b w:val="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:b w:val="0"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>xxxxxxxxxxxxxxx.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="66F7B826">
+        <w:t>xxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E1DA1E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Aim.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>xxxxxxxxxxxxx.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2FF738B3">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4179856B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:hint="default"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Material</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>methods</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4E368694">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E002F83" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:hint="default"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Results</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>Results.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="en-US"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="7FA11DEE">
+    </w:p>
+    <w:p w14:paraId="182BA609" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Conclusions.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D8D5B0B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>onclusions.</w:t>
-[...43 lines deleted...]
-    <w:p w14:paraId="084FFA91">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12EAA28B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Key words: </w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>xxxxx, xxxxxxx, xxxxxxxxxxx.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5B2D7D6E">
+        <w:t>xxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E6A7767" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32D5A7BA">
+    <w:p w14:paraId="65737A24" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62B8B173">
+    <w:p w14:paraId="4183256D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48F23872">
+    <w:p w14:paraId="5F3F9D4A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc28725"/>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="73C6DEEC">
+        <w:t>1. Introduction</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="2681FFCB" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643ED567" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="598DB545" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:ind w:firstLine="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Research Objective.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7004A4" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:ind w:firstLine="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research Problems. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...1761 lines deleted...]
-    <w:p w14:paraId="1AAFB2F8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="606EC29F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:ind w:firstLine="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research Hypotheses. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="142D2CB3" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="0"/>
-[...109 lines deleted...]
-        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...191 lines deleted...]
-    <w:p w14:paraId="5D3F38F0">
+    </w:p>
+    <w:p w14:paraId="241887D3" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc20549"/>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Research materials and methods</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="6D4D9799">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="5C1F775A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38D9D35C">
+    <w:p w14:paraId="3E329F66" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:hint="default"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc28670"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Participants.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="1A163A9F">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="3719CE84" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:leftChars="0"/>
-[...5 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Xxxxxxxxxxxxxxxxxxx.</w:t>
-[...7 lines deleted...]
-        </w:numPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74147C36" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:leftChars="0"/>
-[...5 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65DACB02">
+    <w:p w14:paraId="50EE10C9" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:hint="default"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc27010"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Procedure / Test protocol / Skill test trial / Measure / Instruments.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="0C68FF85">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="5806E1E2" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:leftChars="0"/>
-[...5 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Xxxxxxxxxxxxxxxxxxxxxxx.</w:t>
-[...7 lines deleted...]
-        </w:numPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B148667" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:leftChars="0"/>
-[...5 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="277A785F">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="7D74D516" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:hint="default"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc27036"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>2.3. Data collection and analysis / Statistical analysis.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="575CE4B2">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="061FABA0" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc32588"/>
     </w:p>
-    <w:p w14:paraId="6F2536AD">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="0807CBB5" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL"/>
-[...4 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL"/>
-[...5 lines deleted...]
-          <w:rFonts w:hint="default" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>2.3.1. Statistical Software.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="2E1E832C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Statistical processing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>xxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639AED19" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4986C82D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL"/>
-[...5 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc10357"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL"/>
-[...10 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>2.3.2. AI.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="52BA35FF" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="9"/>
-[...53 lines deleted...]
-          <w:rFonts w:hint="default"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AI was utilized for two specific purposes in this research. Text analysis of clinical reasoning narratives to identify linguistic patterns associated with specific logical fallacies. Assistance in refining the academic English language of the manuscript, ensuring clarity, consistency, and adherence to scientific writing standards. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:rFonts w:hint="default"/>
+        <w:t>AI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> were used for additional linguistic refinement of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>the research manuscript, ensuring proper English grammar, style, and clarity in the presentation of results. It is important to emphasize that all AI tools were used strictly as assistive instruments under human supervision. The final interpretation of results, classification of errors, and conclusions were determined by human experts in clinical medicine and formal logic. The AI tools served primarily to enhance efficiency in data processing, pattern recognition, and linguistic refinement, rather than replacing human judgment in the analytical process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB654B2" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09DC216F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>2.3.2. AI.</w:t>
-[...34 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc10689"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>AI</w:t>
-[...42 lines deleted...]
-          <w:rFonts w:hint="default"/>
+        <w:t xml:space="preserve">2.3.3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
-[...20 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Statistical Methods</w:t>
-[...10 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Statistical Methods.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="5B841F1F">
-[...13 lines deleted...]
-        <w:snapToGrid/>
+    <w:p w14:paraId="5CFB60F6" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLine="480" w:firstLineChars="200"/>
-[...1 lines deleted...]
-        <w:textAlignment w:val="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B71029">
-[...13 lines deleted...]
-        <w:snapToGrid/>
+    <w:p w14:paraId="32C39BB4" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLine="480" w:firstLineChars="200"/>
-[...1 lines deleted...]
-        <w:textAlignment w:val="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D85E5E2">
-[...13 lines deleted...]
-        <w:snapToGrid/>
+    <w:p w14:paraId="1539162B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLine="480" w:firstLineChars="200"/>
-[...1 lines deleted...]
-        <w:textAlignment w:val="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27DA4EC2">
+    <w:p w14:paraId="4A1437ED" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D25D07C">
+    <w:p w14:paraId="04B263CE" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc15671"/>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Research results</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="37E09C2F">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="4AAB8E1B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:leftChars="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1149F520">
+    <w:p w14:paraId="32778B75" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc21434"/>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>3.1. Xxxxxx</w:t>
-[...230 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">3.1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+        <w:t>Xxxxxx</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2F2DE5B1" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Gozhenko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>et al.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015, 2017; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Popovych</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Zukow,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED17725" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Gozhenko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et al., 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>; 2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D470A1" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34F18E15" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc6321"/>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="31E47AF2" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>3.2. Xxxxxxx</w:t>
-[...126 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc6321"/>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">3.2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>3.3. Xxxxx</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="31385A48">
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="254D5C0D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx (Fig</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="default"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23D112CD" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>ure</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="default"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Popovych</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et al., 2000; 2003; 2005</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15FD6D8C">
-[...1 lines deleted...]
-        <w:autoSpaceDE w:val="0"/>
+    <w:p w14:paraId="26CAFF2B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54ABCD0B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DE5F038" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc32440"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Xxxxx</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="593D6A49" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx (Fig</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24235979" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0059D012">
-      <w:r>
+    <w:p w14:paraId="7B2C4075" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79E75B70" wp14:editId="3BABD9B0">
             <wp:extent cx="4572000" cy="2743200"/>
             <wp:effectExtent l="4445" t="4445" r="14605" b="14605"/>
             <wp:docPr id="4" name="Диаграмма 4"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56628E30">
-[...19 lines deleted...]
-          <w:szCs w:val="16"/>
+    <w:p w14:paraId="6BB1CFF9" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Source: </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>xxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F298945">
-[...10 lines deleted...]
-          <w:rStyle w:val="55"/>
+    <w:p w14:paraId="1F846CE2" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Fig</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
           <w:b/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ure</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="55"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>. 1.</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> Patterns of variables before (B) and after (A) standard balneotherapy (T) and supplemented “ATINE” (TA) a</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s well as</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> their changes as effects (E), from which the enhancing immunotropic effects of “ATINE” </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>per</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>se</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> were </w:t>
       </w:r>
-      <w:r>
-[...20 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">calculated. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="16"/>
-[...7 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="16"/>
-[...7 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman, Bold, Left</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2D5AEF">
+    <w:p w14:paraId="3651E375" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C62A3C3">
+    <w:p w14:paraId="7E8FD2AC" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
-      </w:r>
-      <w:r>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx (Table 1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E920226" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx (Table 1).</w:t>
-[...18 lines deleted...]
-        <w:widowControl/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72695AC5" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4153"/>
           <w:tab w:val="right" w:pos="8306"/>
         </w:tabs>
-        <w:kinsoku/>
-[...13 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="55"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Table 1.</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> Comparative effect of two rehabilitation schemes on the phagocytic </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>link</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> of immunity</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
-        <w:t>(8 pt</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">(8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="16"/>
-[...7 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman, Bold, Left</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="23"/>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
-[...14 lines deleted...]
-        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1777"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="496"/>
+        <w:gridCol w:w="1233"/>
+        <w:gridCol w:w="1056"/>
+        <w:gridCol w:w="1005"/>
+        <w:gridCol w:w="1056"/>
+        <w:gridCol w:w="1056"/>
+        <w:gridCol w:w="1005"/>
+        <w:gridCol w:w="1056"/>
+        <w:gridCol w:w="1056"/>
+        <w:gridCol w:w="539"/>
       </w:tblGrid>
-      <w:tr w14:paraId="614BFF5D">
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="67421F1A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="77BFB848">
+          <w:p w14:paraId="4ECC3838" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4B62BE5F">
+          <w:p w14:paraId="0B95918A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Variables</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED26657">
+          <w:p w14:paraId="03FD22C5" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Reference</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6650A5E4">
+          <w:p w14:paraId="212B858F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>level (</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="307358DB">
+          <w:p w14:paraId="1DAF75F3" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Control group (25)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="33C7B61D">
+          <w:p w14:paraId="6F4CAB30" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Main group (27)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6DEE1970">
+          <w:p w14:paraId="6B504E51" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E1E272D">
+          <w:p w14:paraId="02D95943" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Ch</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="78DD6ADD">
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="5112BEA7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge w:val="continue"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3DAEA659">
+          <w:p w14:paraId="6EB01863" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge w:val="continue"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="52E8300D">
+          <w:p w14:paraId="74A48D0A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="480FEA95">
+          <w:p w14:paraId="67C3BB3B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Before</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="62E1E859">
+          <w:p w14:paraId="5AF2B759" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>After</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="00299D84">
+          <w:p w14:paraId="2C70C745" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Change</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7B37F14C">
+          <w:p w14:paraId="7D997828" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Before</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1A10D7BC">
+          <w:p w14:paraId="03A38B6C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>After</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="018528F1">
+          <w:p w14:paraId="34286F7F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Change</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge w:val="continue"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1708BC60">
+          <w:p w14:paraId="0E4A3CFF" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="509A44E8">
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="523B85F7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="44135F6E">
+          <w:p w14:paraId="5728F976" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Leukocytes,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19E95DA6">
+          <w:p w14:paraId="59F71A2D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4DF5436C">
+          <w:p w14:paraId="77B42947" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5,00±0,09</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CC1F088">
+          <w:p w14:paraId="55A08F70" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>,100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC81DAA">
+          <w:p w14:paraId="0BABA544" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5,35±0,28</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D05B181">
+          <w:p w14:paraId="52EFD28E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,70±0,57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="526FCA0D">
+          <w:p w14:paraId="556D7BE8" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5,35±0,29</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51B6B87E">
+          <w:p w14:paraId="643769D1" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,70±0,59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14352ED1">
+          <w:p w14:paraId="3CE35E67" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,00±0,21</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27BAAC9C">
+          <w:p w14:paraId="79A96956" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,01±0,43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="31747B30">
+          <w:p w14:paraId="733AF2DD" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4,96±0,24</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F35D6C2">
+          <w:p w14:paraId="3783F468" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,08±0,47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1D11B232">
+          <w:p w14:paraId="5C4417D1" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5,12±0,23</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="340883D6">
+          <w:p w14:paraId="3B528531" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,23±0,46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6E871794">
+          <w:p w14:paraId="67CC8197" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,16±0,28</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C71FB2A">
+          <w:p w14:paraId="2B946110" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,31±0,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7CF259D7">
+          <w:p w14:paraId="765C692B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="05C37D42">
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="49A124F6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="38FD7EEC">
+          <w:p w14:paraId="508F2B92" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Neutrophils,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D53FF88">
+          <w:p w14:paraId="1F876DE3" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA0A72C">
+          <w:p w14:paraId="298F5BE2" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,96±0,05</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FA541FE">
+          <w:p w14:paraId="7BC4AC56" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>,100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7B807643">
+          <w:p w14:paraId="43146B22" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3,03±0,16</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14720F8D">
+          <w:p w14:paraId="015ED5FD" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,25±0,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D05852D">
+          <w:p w14:paraId="2E440E32" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,94±0,17</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BEE9F20">
+          <w:p w14:paraId="03E1725B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,06±0,58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="43C3A657">
+          <w:p w14:paraId="7AECB208" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,09±0,15</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76B75F26">
+          <w:p w14:paraId="6576E277" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,31±0,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7E2D9CFA">
+          <w:p w14:paraId="1CDAD3B6" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,81±0,15</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42EE89CA">
+          <w:p w14:paraId="11F8B6DA" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,50±0,51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="79D224E9">
+          <w:p w14:paraId="0D8B727C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,92±0,22</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03CED8AD">
+          <w:p w14:paraId="39B3B5BF" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,15±0,73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="390D8C23">
+          <w:p w14:paraId="3E502ACA" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,10±0,17</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BC05086">
+          <w:p w14:paraId="24866F63" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,35±0,57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7BE000E5">
+          <w:p w14:paraId="546BE0EF" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7909BDA2">
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="4AE58A27" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="28153ACF">
+          <w:p w14:paraId="4613E009" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Phagocytosis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="004C4A84">
+          <w:p w14:paraId="03869DFA" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Index, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2716C582">
+          <w:p w14:paraId="5E673817" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>76,0±2,1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41B6B8F6">
+          <w:p w14:paraId="38DFB401" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,149</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="12318B06">
+          <w:p w14:paraId="7909688C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>70,8±1,2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3266D4C0">
+          <w:p w14:paraId="78FCA90F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,46±0,11</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="571175C2">
+          <w:p w14:paraId="0FEE9B5D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>78,3±0,7</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C483CA3">
+          <w:p w14:paraId="4FCAFC73" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,20±0,06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="23CAC691">
+          <w:p w14:paraId="3943B46D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7,50±1,18</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C9CC4B6">
+          <w:p w14:paraId="756D7B9B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,66±0,10*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="72CADB72">
+          <w:p w14:paraId="042BEA7D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>70,9±1,1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0169DAD6">
+          <w:p w14:paraId="23CF7695" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,45±0,10</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4D99635E">
+          <w:p w14:paraId="6904FC4E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>76,8±0,9</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="040376E7">
+          <w:p w14:paraId="7F5035CB" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,07±0,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="543D0A68">
+          <w:p w14:paraId="432C9772" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5,96±1,15</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33FE46CE">
+          <w:p w14:paraId="20BABD11" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,53±0,10*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3B75674F">
+          <w:p w14:paraId="36F4080C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="349AE16E">
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="40775CAF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6E5125A4">
+          <w:p w14:paraId="62F1D32E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Microbial Count, B/Ph</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="27284160">
+          <w:p w14:paraId="723F83D1" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8,0±0,3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D743C65">
+          <w:p w14:paraId="09B0EFA7" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,234</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="23E3D283">
+          <w:p w14:paraId="63E67D8F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7,3±0,3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AB19AC8">
+          <w:p w14:paraId="1C6BB104" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,36±0,17</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="18F69BF8">
+          <w:p w14:paraId="6A72A6AA" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8,3±0,4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D05908D">
+          <w:p w14:paraId="4B70BB26" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,14±0,21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6291AF55">
+          <w:p w14:paraId="3EC87027" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,93±0,32</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B1238C0">
+          <w:p w14:paraId="2A836FB8" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,50±0,17*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="65B2DA78">
+          <w:p w14:paraId="0F61C0BC" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7,0±0,3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="585F9921">
+          <w:p w14:paraId="342BAC70" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,53±0,17</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="24BF1128">
+          <w:p w14:paraId="0A830AC0" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7,7±0,3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02D72BFB">
+          <w:p w14:paraId="604014DB" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,13±0,13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3E726D11">
+          <w:p w14:paraId="156CFCBD" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,73±0,22</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CCA8142">
+          <w:p w14:paraId="112896B6" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,39±0,12*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4077DCF0">
+          <w:p w14:paraId="5D2A727F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4D579B9D">
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="354A1AC1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="50C42CAE">
+          <w:p w14:paraId="3E2B8AA7" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Killing</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5796B80E">
+          <w:p w14:paraId="277303C8" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Index, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="30A612A0">
+          <w:p w14:paraId="0264E4B4" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>68,0±3,4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B76F62E">
+          <w:p w14:paraId="73A68715" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,278</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8ED3A2">
+          <w:p w14:paraId="56992B96" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>53,8±2,9</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DAC1904">
+          <w:p w14:paraId="4D2A0D1B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,75±0,15</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3F8B9384">
+          <w:p w14:paraId="6145A910" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>58,3±1,9</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DCE4305">
+          <w:p w14:paraId="4873A600" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,52±0,10</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F4E1D97">
+          <w:p w14:paraId="17B42A04" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4,48±2,05</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49AC890F">
+          <w:p w14:paraId="75BC9106" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,24±0,11*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="06DD9ED8">
+          <w:p w14:paraId="5E148E83" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>52,7±2,3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E6115D5">
+          <w:p w14:paraId="55AC10D4" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,81±0,12</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="76808AF4">
+          <w:p w14:paraId="450E7BAB" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>58,6±2,2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F418183">
+          <w:p w14:paraId="57AB231D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,50±0,11</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="630290D0">
+          <w:p w14:paraId="5B6F0120" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5,87±2,09</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C085429">
+          <w:p w14:paraId="4C8B108D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,31±0,11*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2FC51710">
+          <w:p w14:paraId="0E06C898" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2369D4E4">
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="0A0C09C2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="01294347">
+          <w:p w14:paraId="76F1260B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">BCCN, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4EBEBE0D">
+          <w:p w14:paraId="1C4D5C39" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B32C77">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Bacter/L</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Bacter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="15773BD9">
+          <w:p w14:paraId="5ED7C3A8" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>12,24±0,42</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3569F964">
+          <w:p w14:paraId="1679F2C7" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,190</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA6F6F3">
+          <w:p w14:paraId="5F63819A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8,83±1,17</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="292D7B3F">
+          <w:p w14:paraId="076FCB76" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1,47±0,50</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0364A0">
+          <w:p w14:paraId="66DD3187" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>11,38±1,42</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="093E00F9">
+          <w:p w14:paraId="4EC1E2B5" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-0,37±0,61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BDE86E">
+          <w:p w14:paraId="7F230B59" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,55±1,34</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3003B2AA">
+          <w:p w14:paraId="7E774E1D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1,10±0,58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEFCEE6">
+          <w:p w14:paraId="41FCA73F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7,51±0,55</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3588E523">
+          <w:p w14:paraId="14A8E758" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2,15±0,26</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1719CBCD">
+          <w:p w14:paraId="2EBFCB13" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>10,07±0,88</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6636C7D4">
+          <w:p w14:paraId="0EDE62E9" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1,09±0,41</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="506BC505">
+          <w:p w14:paraId="0485314E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,56±0,82</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DC51E2E">
+          <w:p w14:paraId="04C13AB5" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1,06±0,35*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="56F9E2D2">
+          <w:p w14:paraId="03F5DC2B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5226CB66">
-[...7 lines deleted...]
-          <w:szCs w:val="16"/>
+    <w:p w14:paraId="0ADF0A6E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Source: </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="pl-PL" w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
-[...7 lines deleted...]
-        <w:widowControl/>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="299FE538" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4153"/>
           <w:tab w:val="right" w:pos="8306"/>
         </w:tabs>
-        <w:kinsoku/>
-[...22 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Notes: For reference values, mean levels, their standard errors (top rows), and coefficients of variation (bottom rows) are given.</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>For groups, the top rows are the means and standard errors of the actual variables and their direct differences (changes);</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>the bottom rows are the same parameters for Z-scores.</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Values</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>that are</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>significantly different from the reference are marked with r.</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:t xml:space="preserve">significantly different from the reference are marked </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>with r.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Significant direct differences (effects) are marked *. The last column shows the t values for effects.</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="16"/>
-[...7 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="16"/>
-[...7 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New Roman, Bold, Left</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A757F9D">
-[...5 lines deleted...]
-          <w:szCs w:val="16"/>
+    <w:p w14:paraId="76296537" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BC05DB0">
+    <w:p w14:paraId="2D1CE0F3" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47EE8865" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F3546C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60CC4E5A">
+    <w:p w14:paraId="25FA82E3" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx (1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="167BF52A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
-[...96 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C7916AA" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...7 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">3.4. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Statistical Hypothesis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Testing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...41 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>. Developed using Claude 3.7 Sonnet by Anthropic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C673965" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...40 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hypothesis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...39 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Formulation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5F11B606" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4580F852" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...51 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...65 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hypothesis 1: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...54 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Effect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...39 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...51 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ATINE on NK </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...65 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Cell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...6 lines deleted...]
-          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Levels</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FC32A17" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>H₀</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>addition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ATINE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>tea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>balneotherapy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>does</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>increase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NK </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>cell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>levels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (μ₁ ≤ μ₀)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D32BF6B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>H₁</w:t>
       </w:r>
-      <w:r>
-[...43 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>addition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ATINE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>tea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>balneotherapy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>significantly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>increases</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NK </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>cell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>levels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (μ₁ &gt; μ₀)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE670DF" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...39 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0984DE60" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...51 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hypothesis 2: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...65 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Effect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...108 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...71 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ATINE on T-killer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Cell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Levels</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4953C7AA" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>H₀</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>addition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ATINE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>tea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>balneotherapy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>does</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>increase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T-killer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>cell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>levels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (μ₁ ≤ μ₀)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E1FA6D7" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>H₁</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>addition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ATINE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>tea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>balneotherapy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>significantly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>increases</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T-killer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>cell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>levels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (μ₁ &gt; μ₀)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F505708" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="182787FA" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hypothesis 3: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...9 lines deleted...]
-        <w:t>Developed using Claude 3.7 Sonnet by Anthropic.</w:t>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Effect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ATINE on IgM Levels</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9852E5" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>H₀</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>addition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ATINE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>tea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>balneotherapy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>does</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>decrease</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IgM </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>levels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (μ₁ ≥ μ₀)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B0E332" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>H₁</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>addition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ATINE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>tea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>balneotherapy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>significantly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>decreases</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IgM </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>levels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (μ₁ &lt; μ₀)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A08E45C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="122D662E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Statistical </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Testing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Developed using Claude 3.7 Sonnet by Anthropic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B5B47F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Table 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Statistical Analysis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Immune Parameters</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>. Developed using Claude 3.7 Sonnet by Anthropic.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="6"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="D8DEE4" w:sz="6" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="D8DEE4"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1119"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="897"/>
+        <w:gridCol w:w="1484"/>
+        <w:gridCol w:w="2021"/>
+        <w:gridCol w:w="2021"/>
+        <w:gridCol w:w="1498"/>
+        <w:gridCol w:w="956"/>
+        <w:gridCol w:w="1076"/>
       </w:tblGrid>
-      <w:tr w14:paraId="0833D3F5">
-[...16 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="6237E690" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C87A775">
+          <w:p w14:paraId="3FDA5869" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Parameter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5205597E">
+          <w:p w14:paraId="367E79C1" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>Standard Balneotherapy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C489407">
+          <w:p w14:paraId="2D11B123" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>Balneotherapy + ATINE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF752FE">
+          <w:p w14:paraId="1AC56542" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>Difference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72E0F293">
+          <w:p w14:paraId="21CA4AC7" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>t-value</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A3D4DF2">
+          <w:p w14:paraId="68A377CD" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>p-value</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="22B10A2E">
-[...16 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="68825834" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC5EEFE">
+          <w:p w14:paraId="1594FC28" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>NK cells</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37916ED7">
+          <w:p w14:paraId="0F9A35D8" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>+0.51±0.09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12B9D817">
+          <w:p w14:paraId="2A10527F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>+0.97±0.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15FDF035">
+          <w:p w14:paraId="4F39A05C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>+0.46±0.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="607501CD">
+          <w:p w14:paraId="70C9DB89" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>4.60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06A4CAFF">
+          <w:p w14:paraId="0AF8091D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>&lt;0.001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2D08F4B0">
-[...16 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="4FEEBFD7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="055BA059">
+          <w:p w14:paraId="6B7EA558" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>T-killers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="211D3425">
+          <w:p w14:paraId="749A14BB" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>+0.05±0.56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="123A67B5">
+          <w:p w14:paraId="561A3C33" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>+1.36±0.46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="474284A5">
+          <w:p w14:paraId="47844A84" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>+1.31±0.51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F1AE00C">
+          <w:p w14:paraId="392B8990" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>2.57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BBEADEC">
+          <w:p w14:paraId="56492A75" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>0.013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0A5967B8">
-[...16 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="6CB3B767" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3444293A">
+          <w:p w14:paraId="1542862E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>IgM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31AE6DDE">
+          <w:p w14:paraId="34225BD8" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>-1.47±0.28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36FAC87C">
+          <w:p w14:paraId="252A2BBC" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>-2.59±0.44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A685CCE">
+          <w:p w14:paraId="5DDCA2F6" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>-1.12±0.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74AB1281">
+          <w:p w14:paraId="7464A522" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>3.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06ACAC8A">
+          <w:p w14:paraId="54200D86" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>0.003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3800EB27">
-[...16 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="7EA6AFD3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="585B6D05">
+          <w:p w14:paraId="458FCF92" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>T-helpers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="453F2815">
+          <w:p w14:paraId="391AF645" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>-0.54±0.28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A40388A">
+          <w:p w14:paraId="5A6693ED" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>-1.16±0.23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C60C591">
+          <w:p w14:paraId="2C45C34A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>-0.62±0.26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46CC5758">
+          <w:p w14:paraId="0B61BFB5" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>2.38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E231456">
+          <w:p w14:paraId="400443B8" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>0.021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="001DF0AB">
-[...16 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="27AD7E0C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED1BA5E">
+          <w:p w14:paraId="5BB42484" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>CIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1283B2AD">
+          <w:p w14:paraId="28E9C754" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>-0.12±0.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F67370B">
+          <w:p w14:paraId="2B90A028" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>+0.77±0.34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CD9A53E">
+          <w:p w14:paraId="665CF2AC" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>+0.89±0.32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="123D54DD">
+          <w:p w14:paraId="16D6B004" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>2.78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00A3118B">
+          <w:p w14:paraId="452B42C6" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>0.008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54BD96D3">
-[...28 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+    <w:p w14:paraId="45C95D36" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...39 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5909CC10" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...6 lines deleted...]
-          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...7 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>13.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Discriminant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...9 lines deleted...]
-        <w:t>Developed using Claude 3.7 Sonnet by Anthropic.</w:t>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Analysis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Results</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>. Developed using Claude 3.7 Sonnet by Anthropic.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="6"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="D8DEE4" w:sz="6" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="D8DEE4"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1119"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2728"/>
+        <w:gridCol w:w="1483"/>
+        <w:gridCol w:w="1857"/>
+        <w:gridCol w:w="1125"/>
+        <w:gridCol w:w="1069"/>
+        <w:gridCol w:w="3522"/>
       </w:tblGrid>
-      <w:tr w14:paraId="46E9ACD7">
-[...16 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="5C1AB1F8" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71B2CF39">
+          <w:p w14:paraId="67E66DC8" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>Parameter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20D4EB7E">
+          <w:p w14:paraId="0E0E880C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>Wilks' Lambda</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C06681D">
+          <w:p w14:paraId="5E85E789" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>F-value</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68D28407">
+          <w:p w14:paraId="52104EEE" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>p-level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2709E536">
+          <w:p w14:paraId="56B0EA55" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i w:val="0"/>
-[...1 lines deleted...]
-                <w:caps w:val="0"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>Discriminant Function Coefficient</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="505FE2E1">
-[...16 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="32B0D028" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DE9A7B6">
+          <w:p w14:paraId="072A50F0" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>NK cells</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="269320B2">
+          <w:p w14:paraId="7D6FB27E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>0.783</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40F565B9">
+          <w:p w14:paraId="411F8B87" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>12.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76FD00E4">
+          <w:p w14:paraId="72388857" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>&lt;0.001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71BAEDEE">
+          <w:p w14:paraId="7DD36AB0" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>0.654</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0E4A38E5">
-[...16 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="687C7B99" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15E4DC05">
+          <w:p w14:paraId="442E6FDD" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>T-killers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="225C4136">
+          <w:p w14:paraId="44864940" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>0.692</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60961661">
+          <w:p w14:paraId="6EB4FF87" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>8.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C6AF30C">
+          <w:p w14:paraId="30BBD1BC" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>&lt;0.001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05E38358">
+          <w:p w14:paraId="3069DE28" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>0.547</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="648AF712">
-[...16 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="064A33DA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="599BF325">
+          <w:p w14:paraId="0A9E78F9" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>IgM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="208047D6">
+          <w:p w14:paraId="7C939A81" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>0.715</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="523E9A35">
+          <w:p w14:paraId="459B53F4" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>9.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D20F504">
+          <w:p w14:paraId="72F092AD" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>&lt;0.001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76201BFF">
+          <w:p w14:paraId="1237EB4A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>-0.498</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="004A4EBD">
-[...16 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="26D0E7DB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="154423E4">
+          <w:p w14:paraId="67B3EDFC" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>T-helpers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36884568">
+          <w:p w14:paraId="7CBDDACC" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>0.831</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FA47EC9">
+          <w:p w14:paraId="1A7FC6C9" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>5.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22DD42F8">
+          <w:p w14:paraId="32F9DE78" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>0.005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6238F688">
+          <w:p w14:paraId="36D86614" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>-0.412</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5049BD03">
-[...16 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w14:paraId="15D60B6E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6914802D">
+          <w:p w14:paraId="375B8730" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>CIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DFE5943">
+          <w:p w14:paraId="4D5E12FB" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>0.805</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="321A5BD9">
+          <w:p w14:paraId="2D0AF928" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>6.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13892F1D">
+          <w:p w14:paraId="1905426F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>0.002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="D9D9DD" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9DD"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="90" w:type="dxa"/>
               <w:left w:w="195" w:type="dxa"/>
               <w:bottom w:w="90" w:type="dxa"/>
               <w:right w:w="195" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E7F5E08">
+          <w:p w14:paraId="79D25A10" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...14 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="auto"/>
-[...5 lines deleted...]
-                <w:caps w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:caps w:val="0"/>
+            <w:r w:rsidRPr="00B32C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Tahoma"/>
                 <w:color w:val="262626"/>
-                <w:spacing w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
               <w:t>0.389</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E392C2D">
-[...144 lines deleted...]
-          <w:shd w:val="clear" w:fill="FFFFFF"/>
+    <w:p w14:paraId="4F8138ED" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B71BE41" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Conclusion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Interpretation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459C9B81" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Based on the statistical analysis:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03775BDB">
-[...90 lines deleted...]
-          <w:shd w:val="clear" w:fill="FFFFFF"/>
+    <w:p w14:paraId="2406802D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28700FCC" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>For Hypothesis 1 (NK cells)</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-          <w:shd w:val="clear" w:fill="FFFFFF"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">: The null hypothesis (H₀) is rejected (p&lt;0.001). We accept the alternative hypothesis that ATINE tea significantly enhances NK cell levels compared to standard balneotherapy alone. The effect is </w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>substantial,</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-          <w:shd w:val="clear" w:fill="FFFFFF"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> with a 90% increase in NK cell levels when ATINE is added to the treatment regimen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="628D6BDF">
-[...82 lines deleted...]
-          <w:shd w:val="clear" w:fill="FFFFFF"/>
+    <w:p w14:paraId="6E1AC997" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14B4A6CF" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:ind w:left="60"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Segoe UI"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Segoe UI"/>
+          <w:noProof/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="114300" distR="114300">
+          <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="4ACB1479" wp14:editId="6BDD3022">
             <wp:extent cx="5759450" cy="3423285"/>
             <wp:effectExtent l="0" t="0" r="12700" b="5715"/>
             <wp:docPr id="9" name="Obraz 6" descr="IMG_256"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="9" name="Obraz 6" descr="IMG_256"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId16"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5759450" cy="3423285"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B811D6B">
-[...27 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="71701DE6" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...7 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 9. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Visualization</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Analysis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...50 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Effect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...7 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ATINE Tea on NK </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Cell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Levels (Hypothesis 1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>. Developed using Claude 3.7 Sonnet by Anthropic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7538046D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="010EBDD1" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Statistical Conclusion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Based on the visualization and statistical analysis, we reject the null hypothesis (H₀) and accept the alternative hypothesis (H₁) that the addition of ATINE tea to standard balneotherapy significantly increases NK cell levels in patients after radical oncological treatment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D94A3EA" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:i w:val="0"/>
-[...41 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Clinical Interpretation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:i w:val="0"/>
-[...57 lines deleted...]
-          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>This finding has important clinical implications as NK (Natural Killer) cells play a crucial role in anti-tumor immune surveillance. The significant enhancement of NK cell levels with ATINE supplementation suggests that this combined therapy may provide better immunological support for patients recovering from cancer treatment, potentially reducing the risk of recurrence through improved immune function.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77D59ADA">
-[...55 lines deleted...]
-          <w:shd w:val="clear" w:fill="FFFFFF"/>
+    <w:p w14:paraId="3A610933" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>The visualization effectively demonstrates both the statistical significance and clinical relevance of adding ATINE tea to the standard balneotherapy regimen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1480A495">
-[...90 lines deleted...]
-          <w:shd w:val="clear" w:fill="FFFFFF"/>
+    <w:p w14:paraId="37AAA98E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29377B6A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>For Hypothesis 2 (T-killer cells)</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-          <w:shd w:val="clear" w:fill="FFFFFF"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>: The null hypothesis (H₀) is rejected (p=0.013). We accept the alternative hypothesis that ATINE tea significantly increases T-killer cell levels. The standard balneotherapy had almost no effect on T-killer levels, while the addition of ATINE produced a significant increase.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56A72F7B">
-[...91 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="50864848" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A8FC387" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="114300" distR="114300">
+          <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="1F8C81D0" wp14:editId="6C5CCCF8">
             <wp:extent cx="5748020" cy="3272790"/>
             <wp:effectExtent l="0" t="0" r="5080" b="3810"/>
             <wp:docPr id="10" name="Obraz 7" descr="IMG_256"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="10" name="Obraz 7" descr="IMG_256"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12"/>
+                    <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5748020" cy="3272790"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E18EF61">
-[...29 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma"/>
+    <w:p w14:paraId="084CF5ED" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B833D72" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...38 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figure 10. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Visualization</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Analysis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...7 lines deleted...]
-          <w:lang w:val="pl-PL"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Effect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...42 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...40 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ATINE Tea on T-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Lymphocyte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Levels (Hypothesis 2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>. Developed using Claude 3.7 Sonnet by Anthropic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D908AB" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="552E622F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:i w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Statistical Conclusion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Based on the visualization and statistical analysis, we reject the null hypothesis (H₀) and accept the alternative hypothesis (H₁) that adding ATINE tea to standard balneotherapy significantly increases T-lymphocyte levels in patients after radical oncological treatment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F798BA6" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Clinical Interpretation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>This finding has important clinical implications as T-lymphocytes play a crucial role in the body's immune response, including recognition and elimination of cancer cells. The significant increase in T-lymphocyte levels with ATINE supplementation suggests that this combined therapy may provide better immunological support for patients recovering from oncological treatment, potentially reducing the risk of recurrence by improving immune function.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24EF52B2" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>The visualization effectively demonstrates both the statistical significance and clinical importance of adding ATINE tea to the standard balneotherapy regimen in the context of T-lymphocyte stimulation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C444604" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="323EC8A4" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>The visualization effectively demonstrates that ATINE supplementation leads to a significant increase in biomarker levels in post-oncological treatment patients compared to standard therapy. The clear difference between groups (102.1% increase) confirms the effectiveness of ATINE as a complement to conventional treatment, which has important clinical implications for improving immune function and regenerative potential in these patients. Statistical analysis (Welch's t-test, p &lt; 0.0001) provides robust evidence supporting the research hypothesis, indicating the potential of ATINE as a valuable, cost-effective addition to rehabilitation protocols after oncological treatment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA41678" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AFEB9BC" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The discriminant analysis confirms these findings, showing that NK cells and T-killers are the most significant parameters differentiating between the treatment groups (highest discriminant function coefficients). The overall model is highly significant (Wilks' Λ=0.547; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>χ²(12)=60; p&lt;10⁻⁶), indicating that the combination of ATINE with balneotherapy produces a distinct and statistically significant immunological profile compared to standard balneotherapy alone.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6928275A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>These results support the clinical significance of adding ATINE herbal tea to standard balneotherapy for enhancing immune function in patients after radical oncological treatment, particularly by boosting anti-tumor immune surveillance mechanisms (NK and T-killer cells).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="447AA187" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F939F38" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc652"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...75 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>4. Discussion</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="4D5005C1" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F991DC" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Popovych</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et al., 2014; 2018; 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5D691C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Popovych</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et al., 2011; 2019; 2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509615E3" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28D28094" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc5960"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...347 lines deleted...]
-    <w:p w14:paraId="756260AD">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>5. Conclusions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="2E9B82D0" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="40D90A29">
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EF61F42" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-        <w:outlineLvl w:val="0"/>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6319FB92" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76D4ECA6" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc29338"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
-[...19 lines deleted...]
-        <w:snapToGrid/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Disclossure</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="618789A0" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLine="480" w:firstLineChars="200"/>
-[...172 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc5960"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc25988"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>5. Conclusions</w:t>
-[...17 lines deleted...]
-        <w:snapToGrid/>
+        <w:t>Supplementary Materials</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="27B79991" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLine="480" w:firstLineChars="200"/>
-[...69 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
-[...5 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc18903"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2DF269BF">
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Author Contributions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="498B0C5E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Times" w:hAnsi="Times"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc25988"/>
-[...2 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times" w:hAnsi="Times"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc17049"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Supplementary Materials</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="2D94D5C0">
+        <w:t>Funding</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="766650EE" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Times" w:hAnsi="Times"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc18903"/>
-[...2 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times" w:hAnsi="Times"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc4184"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Author Contributions</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="7D282B21">
+        <w:t>Institutional Review Board Statement</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="4E3BB20C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc17049"/>
-[...2 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times" w:hAnsi="Times"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc17270"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Funding</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="4673926A">
+        <w:t>Informed Consent Statement</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="632A4C4D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc4184"/>
-[...2 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times" w:hAnsi="Times"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc18358"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Institutional Review Board Statement</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="3EC29728">
+        <w:t>Data Availability Statement</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="68BE0CEC" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
-[...5 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times" w:hAnsi="Times"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc18970"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times" w:hAnsi="Times"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Acknowledgements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
-[...5 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times" w:hAnsi="Times"/>
+          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E02A99A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Data Availability Statement</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc7601"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Conflicts of Interest</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="27315A0E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc18970"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+    </w:p>
+    <w:p w14:paraId="2B588E26" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="Tekstkomentarza"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Toc14868"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...75 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>link</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ages </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="default"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">and DOI </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">must be </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B32C77">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pl-PL"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> must be complete).</w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>active; addresses must be complete).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="3D0E580C">
+    <w:p w14:paraId="7F521115" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00AD71CD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:hint="default"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D2630F2">
-[...38 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+    <w:p w14:paraId="0A664533" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alyeksyeyev, О. І., Popovych, I. L., Panasyuk, Y. M., Barylyak, L. G., Saranca, S. N., &amp; Shumakov, M. F. (1996). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Adaptogens and Radiation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Kyїv: Naukova dumka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10795EAB" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andric, S. A., Kostic, T. S., Stojilkovic, S. S., &amp; Kovacevic, R. Z. (2000). Inhibition of rat testicular androgenesis by a polychlorinated biphenyl mixture aroclor 1248. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Biology of Reproduction, 62</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(6), 1882-1888. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1095/biolreprod62.6.1882</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1B316EE2" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asea, A., Kaur, P., Panossian, A., &amp; Wikman, K. G. (2013). Evaluation of molecular chaperons Hsp72 and neuropeptide Y as characteristic markers of adaptogenic activity of plant extracts. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...48 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Phytomedicine, 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(14), 1323-1329. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.phymed.2013.07.001</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5277A6BF" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Avilla, M. N., Malecki, K. M. C., Hahn, M. E., Wilson, R. H., &amp; Bradfield, C. A. (2020). The Ah Receptor: Adaptive metabolism, ligand diversity, and the xenokine model. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Chemical Research in Toxicology, 33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(4), 860-879. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1021/acs.chemrestox.0c00072</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5344D4A3" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bungsu, I., Kifli, N., Ahmad, S. R., Ghani, H., &amp; Cunningham, A. C. (2021). Herbal plants: The role of AhR in mediating immunomodulation. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Frontiers in Immunology, 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 697663. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3389/fimmu.2021.697663</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="129E5699" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Busbee, P. B., Rouse, M., Nagarkatti, M., &amp; Nagarkatti, P. S. (2013). Use of natural AhR ligands as potential therapeutic modalities against inflammatory disorders. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Nutrition Reviews, 71</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(6), 353-369. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1111/nure.12024</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5F6CD5D7" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chebanenko, O. I., Flyunt, I. S., Popovych, I. L., Balanovskyi, V. P., &amp; Lakhin, P. V. (1997). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Water Naftussya and Water-salt Exchange</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Kyїv: Naukova dumka.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 141.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D548407" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chebanenko, O. I., Popovych, I. L., Bulba, A. Y., Ruzhylo, S. V., &amp; Perchenko, V. P. (1997). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Choleretic effect of Naftussya water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Kyїv: Komp'yuterpress.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 103.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E59E219" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chen, W. C., Chang, L. H., Huang, S. S., Huang, Y. J., Chih, C. L., Kuo, H. C., Lee, Y. H., &amp; Lee, I. H. (2019). Aryl hydrocarbon receptor modulates stroke-induced astrogliosis and neurogenesis in the adult mouse brain. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Neuroinflammation, 16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 187. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1186/s12974-019-1572-7</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3943C61A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chen, Y., Xu, L., Xie, H. Q. H., Xu, T., Fu, H., Zhang, S., Ho, K., &amp; Zhao, B. (2017). Identification of differentially expressed genes response to TCDD in rat brain after long-term low-dose exposure. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Environmental Sciences, 62</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 92-99. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.jes.2017.08.012</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7813B84C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Congues, F., Wang, P., Lee, J., Lin, D., Shahid, A., Xie, J., &amp; Huang, Y. (2024). Targeting aryl hydrocarbon receptor to prevent cancer in barrier organs. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...49 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Biochemical Pharmacology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 116156. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.bcp.2024.116156</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2792282F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dardymov, I. V. (1976). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ginseng, Eleutherococcus (To the mechanism of physiological action)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Russian]. Moskva: Nauka. 189.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D1C4E32" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Datsko, O. R., Bubnyak, A. B., &amp; Ivassivka, S. V. (2008). The organic part in mineral water Naftussya. Development of knowledges about its composition and origination [in Ukrainian]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Medical Hydrology and Rehabilitation, 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(1), 168-174.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F093B4" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Denison, M. S., Pandini, A., Nagy, S. R., Baldwin, E. P., &amp; Bonati, L. (2002). Ligand binding and activation of the Ah receptor. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Chemico-Biological Interactions, 141</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1-2), 3-24. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/s0009-2797(02)00063-7</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="755F3B6D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Denison, M. S., Soshilov, A. A., He, G., DeGroot, D. E., &amp; Zhao, B. (2011). Exactly the same but different: Promiscuity and diversity in the molecular mechanisms of action of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">aryl hydrocarbon (dioxin) receptor. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Toxicological Sciences, 124</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 1-22. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1093/toxsci/kfr218</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6177B909" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eckers, A., Jakob, S., Heiss, C., Haarmann-Stemmann, T., Goy, C., Brinkmann, V., Cortese-Krott, M. M., Sansone, R., Esser, C., Ale-Agha, N., Altschmied, J., Ventura, N., &amp; Haendeler, J. (2016). The aryl hydrocarbon receptor promotes aging phenotypes across species. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Scientific Reports, 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 19618. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1038/srep19618</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="49027299" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elson, D. J., &amp; Kolluri, S. K. (2023). Tumor-suppressive functions of the aryl hydrocarbon receptor (AhR) and AhR as a therapeutic target in cancer. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Biology, 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(4), 526. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3390/biology12040526</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7DF339BC" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Esmaealzadeh, N., Iranpanah, A., Sarris, J., &amp; Rahimi, R. (2022). A literature review of the studies concerning selected plant-derived adaptogens and their general function in body with a focus on animal studies. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Phytomedicine, 105</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 154354. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.phymed.2022.154354</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="76FADF8C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Esser, C., &amp; Rannug, A. (2015). The aryl hydrocarbon receptor in barrier organ physiology, immunology, and toxicology. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...49 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Pharmacological Reviews, 67</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2), 259-279. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1124/pr.114.009001</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="115F009D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fihura, O. A., Ruzhylo, S. V., Korda, M. M., Klishch, I. M., Żukow, X., &amp; Popovych, I. L. (2023). The influence of the Ukrainian phytocomposition "Balm Truskavets'" on parameters of neuro-endocrine-immune complex and biophotonics in humans with maladaptation. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Education, Health and Sport, 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 326-337. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>http://dx.doi.org/10.12775/JEHS.2023.13.01.048</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="04A7392B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fihura, O. A. (2023). Аmelioration by phytoadaptogene of effects of balneofactors of Truskavets' Spa on patients with post-radiation encephalopathy. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Education, Health and Sport, 19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 36-58. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>http://dx.doi.org/10.12775/JEHS.2023.19.01.005</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1E48C798" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fihura, O. A., Ruzhylo, S. V., &amp; Popovych, I. L. (2022). Ukrainian adaptogenic phytocomposition "Balm Truskavets'" modulate EEG, HRV and biophotonics (GDV) parameters. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Marine Medicine, 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(95), 99-108.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="691DC2B2" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fihura, O. A., Ruzhylo, S. V., &amp; Zakalyak, N. R. (2022). Phytoadaptogen reverses the adverse effects of Naftussya bioactive water on dynamic muscle performance in healthy rats. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Quality in Sport, 8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(2), 45-55.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C31483" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Flyunt, I. S., Chebanenko, L. O., Chebanenko, O. I., Kyjenko, V. M., &amp; Fil', V. M. (2002). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Experimental Balneophytotherapy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Kyїv: UNESCO-SOCIO.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 196.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F6A402" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Flyunt, I. S., Chebanenko, O. I., Hrinchenko, B. V., Barylyak, L. G., &amp; Popovych, I. L. (2002). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Balneophytoradiodefensology. Influence of therapeutic factors of Truskavets' spa on the state of adaptation and protection systems of the victims of the Chernobyl disaster</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Kyїv: Computerpress.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 112.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BFE9FF7" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gerontakos, S. E., Casteleijn, D., Shikov, A. N., &amp; Wardle, J. (2020). A critical review to identify the domains used to measure the effect and outcome of adaptogenic herbal medicines. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Yale Journal of Biology and Medicine, 93</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(2), 327-346.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224BAC43" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Giani T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S., Faber, S. C., Motta, S., Denison, M. S., &amp; Bonati, L. (2019). Modeling the binding of diverse ligands within the Ah receptor ligand binding domain. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...49 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Scientific Reports, 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 10693. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1038/s41598-019-47138-z</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4C1C3E9C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gozhenko, A. I., Zukow, W., Polovynko, I. S., Zajats, L. M., Yanchij, R. I., Portnichenko, V. I., &amp; Popovych, I. L. (2019). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Individual immune responses to chronic stress and their neuro-endocrine accompaniment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>. Radom, Torun: RSW UMK.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 200.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729AD051" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gozhenko, А. І., Korda, M. M., Popadynets, O. O., &amp; Popovych, I. L. (2021). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Entropy, harmony, synchronization and their neuro-endocrine-immune correlates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Odesa: Feniks. 232.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3836B7FA" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Gumega, M. D., Levytskyi, A. B., &amp; Popovych, I. L. (2011). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Balneogastroenterology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Kyїv: UNESCO-SOCIO.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 243.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="263CB1BC" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hrinchenko, B. V., Ruzhylo, S. V., Flyunt, I. S., Alyeksyeyev, A. I., &amp; Huchko, B. Y. (1999). The effect of complex balneotherapy at the Truskavets' resort with the use of phytoadaptogen on psychophysiological functions and physical performance [in Ukrainian]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Medical Hydrology and Rehabilitation, 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(1), 31-35.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017B50D1" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hrinchenko, B. V. (1998). A comparative study of the effect of balneotherapy with the use of Krymskyi and Bittner balms on physical performance and central hemodynamics [in Ukrainian]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ukrainian Balneological Journal, 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(4), 36-38.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D81B65" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hu, Q., He, G., Zhao, J., Soshilov, A., Denison, M. S., Zhang, A., Yin, H., Fraccalvieri, D., Bonati, L., Xie, Q., &amp; Zhao, B. (2013). Ginsenosides are novel naturally-occurring aryl hydrocarbon receptor ligands. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>PLOS ONE, 8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(6), e66258. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1371/journal.pone.0066258</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="679FD7BE" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hyun, S. H., Ahn, H. Y., Kim, H. J., Kim, S. W., So, S. H., In, G., Kim, S. K., &amp; Han, C. K. (2021). Immuno-enhancement effects of Korean Red Ginseng in healthy adults: A randomized, double-blind, placebo-controlled trial. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Ginseng Research, 45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 191-198. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.jgr.2020.08.003</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7A248889" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ivassivka, S. V. (1997). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...49 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Biologically active substances of Naftussya water, their genesis and mechanisms of physiological action</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Kyїv: Naukova dumka. 110.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6696DAEA" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ivassivka, S. V., Kovbasnyuk, M. M., Bilas, V. R., &amp; Khodak, O. L. (2004). The effect of balneotherapy on the growth of Plis lymphosarcoma [in Ukrainian]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Medical Hydrology and Rehabilitation, 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(2), 52-57.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4459399F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ivassivka, S. V., Kovbasnyuk, M. M., Bilas, V. R., &amp; Khodak, O. L. (2005). Effect of Naftussya water on experimental tumors in rats [in Ukrainian]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Medical Hydrology and Rehabilitation, 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(2), 60-67.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0450D8" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ivassivka, S. V., &amp; Kovbasnyuk, M. M. (2011). The role of xenobiotic properties of Naftusya water in the activation of phagocytes and natural killers, the regulation of their interaction in normal and pathological conditions [in Ukrainian]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Medical Hydrology and Rehabilitation, 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(1), 16-36.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="769E3E44" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jin, W., Ma, R., Zhai, L., Wang, Y., Liu, Y., Dai, Z., Liang, X., Zhang, Y., &amp; Gao, Y. (2020). Ginsenoside Rd attenuates ACTH-induced corticosterone secretion by blocking the MC2R-cAMP/PKA/CREB pathway in Y1 mouse adrenocortical cells. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Life Sciences, 245</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 117337. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.lfs.2020.117337</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2FC7A1B4" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Keshavarzi, M., Khoshnoud, M. J., Ghaffarian Bahraman, A., &amp; Mohammadi-Bardbori, A. (2020). An endogenous ligand of aryl hydrocarbon receptor 6-formylindolo[3,2-b] carbazole (FICZ) is a signaling molecule in neurogenesis of adult hippocampal neurons. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Molecular Neuroscience, 70</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 806-817. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1007/s12031-020-01490-2</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1893388E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khodak, O. L., Bilas, V. R., &amp; Nazarenko, N. K. (2006). Variants of immunotropic and clinical effects of balneotherapy at the Truskavets' Spa in people after radical treatment of oncopathology [in Ukrainian]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Medical Hydrology and Rehabilitation, 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(3), 9-32.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62ED61F8" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Khodak, O. L., &amp; Bilas, V. R. (2008). The effect of Naftussya mineral water on the body's nonspecific resistance to neoplastic processes [in Ukrainian]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Medical Hydrology and Rehabilitation, 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(1), 79-84.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D464C0" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kimura, E., &amp; Tohyama, C. (2017). Embryonic and postnatal expression of aryl hydrocarbon receptor mRNA in mouse brain. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...49 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Frontiers in Neuroanatomy, 11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 4. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3389/fnana.2017.00004</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3A29E4AE" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Klecka, W. R. (1989). Discriminant analysis [trans. from English in Russian] (Seventh Printing, 1986). In </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Factor, discriminant and cluster analysis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (pp. 78-138). Moskwa: Finansy i Statistika.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7436B343" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Korda, M. M., Fihura, O. A., Melnyk, O. I., Klishch, I. M., Yanchij, R. I., Zukow, W., Ruzhylo, S. V., Popovych, D. V., &amp; Popovych, I. L. (2024). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ukrainian phytocomposition "Balm Truskavets'", metabolism, physical working capacity and neuro-endocrine-immune complex</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lviv: Svit. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>http://dx.doi.org/10.5281/zenodo.14640273</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7187F930" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kostyuk, P. G., Popovych, I. L., &amp; Іvassivka, S. V. (Eds.). (2006). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Chornobyl', adaptive and defensive systems, rehabilitation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Kyїv: Computerpress.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 348.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="086F9D5A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kou, Z., &amp; Dai, W. (2021). Aryl hydrocarbon receptor: Its roles in physiology. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...49 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Biochemical Pharmacology, 185</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 114428. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.bcp.2021.114428</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3CF4435D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kozyavkina, O. V., Kozyavkina, N. V., Gozhenko, O. A., Gozhenko, A. I., Barylyak, L. G., &amp; Popovych, I. L. (2015). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Bioactive water Naftussya and neuroendocrine-immune complex</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Kyїv: UNESCO-SOCIO.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 349.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C90D12" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kumar, P., Banik, S. P., Goel, A., Chakraborty, S., Bagchi, M., &amp; Bagchi, D. (2023). Chemical, microbial and safety profiling of a standardized Withania somnifera (Ashwagandha) extract and Withaferin A, a potent novel phytotherapeutic of the millennium. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Functional Foods in Health and Disease, 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2), 36-51. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.31989/ffhd.v13i2.1020</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="19072D8E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lapovets, L., &amp; Lutsyk, B. (2004). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Handbook of laboratory immunology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Lviv.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 173.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="436B550A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Li, L. A., &amp; Wang, P. W. (2005). PCB126 induces differential changes in androgen, cortisol, and aldosterone biosynthesis in human adrenocortical H295R cells. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...49 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Toxicological Sciences, 85</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 530-540. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1093/toxsci/kfi130</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="07AA30CF" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lu, S., Wu, D., Sun, G., Geng, F., Shen, Y., Tan, J., Sun, X., &amp; Ding, S. (2019). Gastroprotective effects of Kangfuxin against water-immersion and restraint stress-induced gastric ulcer in rats: Roles of antioxidation, anti-inflammation, and pro-survival. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Pharmaceutical Biology, 57</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 770-777. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1080/13880209.2019.1679814</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="271F3650" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lupandin, A. V. (1989). On the role of catecholaminergic synapses in the mechanism of adaptation formation with the participation of polyphenolic adaptogens [in Russian]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Fiziologicheskii Zhurnal SSSR, 75</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(8), 1082-1088.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73736EFB" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lyubitelev, A., &amp; Studitsky, V. (2023). Inhibition of cancer development by natural plant polyphenols: Molecular mechanisms. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>International Journal of Molecular Sciences, 24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(13), 10663. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3390/ijms241310663</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2E757DCF" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Meerson, F. Z. (1991). Protective effects of adaptation and some prospects for the development of adaptive medicine [in Russian]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Uspekhi Fiziologicheskikh Nauk, 22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(2), 52-89.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6833F4" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Moreno-Nieves, U. Y., Mundy, D. C., Shin, J. H., Tam, K., &amp; Sunwoo, J. B. (2018). The aryl hydrocarbon receptor modulates the function of human CD56bright NK cells. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>European Journal of Immunology, 48</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 771-776. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1002/eji.201747289</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="749E1BF6" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Murray, I. A., &amp; Perdew, G. H. (2020). How Ah receptor ligand specificity became important in understanding its physiological function. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>International Journal of Molecular Sciences, 21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(24), 9614. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3390/ijms21249614</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="70A3A42D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nebert, D. W., &amp; Bausserman, L. L. (1970). Genetic differences in the extent of aryl hydrocarbon hydroxylase induction in mouse fetal cell cultures. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Biological Chemistry, 245</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(23), 6373-6382.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50DE3D45" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oh, C. S., Kim, H. J., Jeong, H. W., Park, J. H., &amp; Park, W. (2023). Immunomodulatory effects of Korean Red Ginseng (Panax ginseng) and its active ingredients. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...49 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Hantopic, 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2), 1. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23146/HAN.2023.4.01</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="78E161B2" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ojo, E. S., &amp; Tischkau, S. A. (2021). The role of AhR in the hallmarks of brain aging: Friend and foe. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Cells, 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(10), 2729. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3390/cells10102729</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="796DDD80" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Panasyuk, Y. M., Levkut, L. H., Popovych, I. L., Alekseyev, O. I., Kovbasnyuk, M. M., &amp; Balanovskyi, V. P. (1994). Experimental study of adaptogenic properties of "Crimean" balm [in Ukrainian]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Fiziologichnyi Zhurnal, 40</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(3-4), 25-30.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D770D0" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Panasyuk, Y. M., Levkut, L. G., Popovych, I. L., Shumakov, M. F., Sychova, A. O., Alekseyev, O. I., &amp; Bakova, M. M. (1996). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Adaptogenic agent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Ukraine Patent No. 10271. Bull № 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="120F920A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Panossian, A. (2023). Challenges in phytotherapy research. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Frontiers in Pharmacology, 14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 1199516. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3389/fphar.2023.1199516</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7A623F21" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Panossian, A., &amp; Efferth, T. (2022). Network pharmacology of adaptogens in the assessment of their pleiotropic therapeutic activity. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Pharmaceuticals, 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(9), 1051. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3390/ph15091051</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="261CC95B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Panossian, A., Seo, E. J., &amp; Efferth, T. (2018). Novel molecular mechanisms for the adaptogenic effects of herbal extracts on isolated brain cells using systems biology. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Phytomedicine, 50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 257-284. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.phymed.2018.09.204</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="39655EFB" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Panossian, A., Seo, E. J., &amp; Efferth, T. (2019). Effects of anti-inflammatory and adaptogenic herbal extracts on gene expression of eicosanoids signaling pathways in isolated brain cells. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Phytomedicine, 60</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 152881. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.phymed.2019.152881</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="00F9A27F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Panossian, A., &amp; Wikman, G. (2010). Effects of adaptogens on the central nervous system and the molecular mechanisms associated with their stress-protective activity. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...49 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Pharmaceuticals, 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 188-224. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3390/ph3010188</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="03DB976A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Panossian, A. G., Efferth, T., Shikov, A. N., Pozharitskaya, O. N., Kuchta, K., Mukherjee, P. K., Banerjee, S., Heinrich, M., Wu, W., Guo, D. A., &amp; Wagner, H. (2021). Evolution of the adaptogenic concept from traditional use to medical systems: Pharmacology of stress- and aging-related diseases. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Medicinal Research Reviews, 41</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 630-703. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1002/med.21743</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1A4C769B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phelan, D., Winter, G. M., Rogers, W. J., Lam, J. C., &amp; Denison, M. S. (1988). Activation of the Ah receptor signal transduction pathway by bilirubin and biliverdin. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Archives of Biochemistry and Biophysics, 357</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 155-163. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1006/abbi.1998.0814</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="026EE705" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poland, A., Glover, E., &amp; Kende, A. S. (1976). Stereospecific, high affinity binding of 2,3,7,8-tetrachlorodibenzo-p-dioxin by hepatic cytosol. Evidence that the binding species is receptor for induction of aryl hydrocarbon hydroxylase. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Biological Chemistry, 251</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(16), 4936-4946.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A162B1" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Popadynets, O., Gozhenko, A., Badyuk, N., Popovych, I., Skaliy, A., Hagner-Derengowska, M., Napierata, M., Muszkieta, R., Sokołowski, D., Zukow, W., &amp; Rybałko, L. (2020). Interpersonal differences caused by adaptogen changes in entropies of EEG, HRV, immunocytogram, and leukocytogram. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Physical Education and Sport, 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Suppl. 2), 982-999. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.7752/jpes.2020.s2139</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="11541553" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Popovych, A. I. (2018). Features of the immunotropic effects of partial components of the balneotherapeutic complex of spa Truskavets'. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Education, Health and Sport, 8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(12), 919-935. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>http://dx.doi.org/10.5281/zenodo.2546368</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="61C2D8DB" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Popovych, A. I. (2019). Features of the neurotropic effects of partial components of the balneotherapeutic complex of spa Truskavets'. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Education, Health and Sport, 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 396-409. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>http://dx.doi.org/10.5281/zenodo.2596710</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0B06433F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Popovych, I. L. (2011). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Stresslimiting adaptogene mechanism of biological and curative activity of water Naftussya</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Kyїv: Computerpress.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 300.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4E7AC4" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Popovych, I. L., Flyunt, I. S., Alyeksyeyev, O. I., Barylyak, L. G., &amp; Bilas, V. R. (2003). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...49 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Sanogenetic bases of rehabilitation on spa Truskavets' urological patients from Chornobylian contingent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Kyїv: Computerpress. 192.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FC8717D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Popovych, I. L., Gozhenko, A. I., Korda, M. M., Klishch, I. M., Popovych, D. V., &amp; Zukow, W. (Eds.). (2022). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Mineral waters, metabolism, neuro-endocrine-immune complex</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>. Odesa: Feniks.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 252.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B6C2C5" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Popovych, I. L., Ivassivka, S. V., &amp; Flyunt, I. S. (2000). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Bioactive water Naftussya and the stomach</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Kyїv: Computerpress. 234.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="495ACADE" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Popovych, I. L., Kozyavkina, O. V., Kozyavkina, N. V., Korolyshyn, T. A., Lukovych, Y. S., &amp; Barylyak, L. G. (2014). Correlation between indices of the heart rate variability and parameters of ongoing EEG in patients suffering from chronic renal pathology. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Neurophysiology, 46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2), 139-148. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1007/s11062-014-9420-y</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3B25958B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Popovych, I. L., Kulchynskyi, A. B., Gozhenko, A. I., Zukow, W., Kovbasnyuk, M. M., &amp; Korolyshyn, T. A. (2018). Interrelations between changes in parameters of HRV, EEG and phagocytosis at patients with chronic pyelonephritis and cholecystitis. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...49 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Education, Health and Sport, 8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2), 135-156. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>http://dx.doi.org/10.5281/zenodo.1179635</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2BE6C8BE" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Popovych, I., Ruzhylo, S., Ivassivka, S., &amp; Aksentiychuk, B. (Eds.). (2005). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Balneocardioangiology. The impact of balneotherapy in the spa Truskavets' on the cardiovascular system and physical performance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [in Ukrainian]. Kyїv: Computerpress. 239.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FAFF34B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Potapovich, A. I., Lulli, D., Fidanza, P., Kostyuk, V. A., De Luca, C., Pastore, S., &amp; Korkina, L. G. (2011). Plant polyphenols differentially modulate inflammatory responses of human keratinocytes by interfering with activation of transcription factors NFκB and AhR and EGFR–ERK pathway. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Toxicology and Applied Pharmacology, 255</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2), 138-149. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.taap.2011.06.007</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2C156F05" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quintana, F. J., &amp; Sherr, D. H. (2013). Aryl hydrocarbon receptor control of adaptive immunity. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...48 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Pharmacological Reviews, 65</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(4), 1148-1161. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1124/pr.113.007823</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4D50E670" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rejano-Gordillo, C., Marín-Díaz, B., Ordiales-Talavero, A., Merino, J., González-Rico, F., &amp; Fernandez-Salguero, P. (2022). From nucleus to organs: Insights of aryl hydrocarbon receptor molecular mechanisms. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>International Journal of Molecular Sciences, 23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(23), 14919. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3390/ijms232314919</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="33A52570" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ruzhylo, S. V., Popovych, A. I., Zakalyak, N. R., Chopyk, R. V., Fihura, O. A., Bilas, V. R., Badiuk, N. S., Gozhenko, A. I., Popovych, I. L., &amp; Zukow, W. (2021). Bioactive water Naftussya and ozokerite have the same neuro-endocrine-immune effects in male rats caused by aryl </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>hydrocarbons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>PharmacologyOnLine, 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, 213-226.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="619A0FDA" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saha, N., &amp; Samuel, M. (2024). Dietary xenobiotics and their role in immunomodulation. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Food Science and Biotechnology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 1-13. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1007/s10068-024-01454-x</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6E5F1A0D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sergeeva, I., Kiseleva, T., Pomozova, V., Shkrabtak, N., Frolova, N., &amp; Vereshchagin, A. (2021). Experimental studies of the effect of schisandra chinensis extract on the state of adaptive capabilities of rats under chronic and general exposure to cold. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>International Journal of Environmental Research and Public Health, 18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(22), 11780. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3390/ijerph182211780</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5177483A" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Shin, J. H., Moreno-Nieves, U. Y., Zhang, L. H., Chen, C., Dixon, A. L., Linde, M. H., Mace, E. M., &amp; Sunwoo, J. B. (2021). AHR regulates NK cell migration via ASB2-mediated ubiquitination of Filamin A. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Frontiers in Immunology, 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 624284. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3389/fimmu.2021.624284</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="681ABB4D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Struk, Z. D., Melnyk, O. I., Zukow, W., &amp; Popovych, I. L. (2019). The diversity of immune reactions to balneotherapy and their accompaniments. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Education, Health and Sport, 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(11), 349-373. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>http://dx.doi.org/10.5281/zenodo.3533871</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="649057D4" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Sun, X. B., Matsumoto, T., &amp; Yamada, H. (1992). Anti-ulcer activity and mode of action of the polysaccharide fraction from the leaves of Panax ginseng. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Planta Medica, 58</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(5), 432-435. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1055/s-2006-961504</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="10865E93" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Szaefer, H., Licznerska, B., &amp; Baer-Dubowska, W. (2024). The aryl hydrocarbon receptor and its crosstalk: A chemopreventive target of naturally occurring and modified phytochemicals. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...49 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Molecules, 29</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(18), 4283. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3390/molecules29184283</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0DE6D8DD" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tang, J. S., Cait, A., Li, Y., Abolins-Thompson, H., Gell, K., Herst, P. M., Vissers, M., &amp; Gasser, O. (2021). Practical approach to explore the effects of polyphenols on aryl hydrocarbon receptor regulated immune function. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Agricultural and Food Chemistry, 69</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(31), 8625-8633. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1021/acs.jafc.1c01845</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6C1A573F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tekin, İ. Ö., &amp; Marotta, F. (2018). Polyphenols and immune system. In R. R. Watson, V. R. Preedy, &amp; S. Zibadi (Eds.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Polyphenols: Prevention and treatment of human disease</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (pp. 263-276). Academic Press. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/B978-0-12-813008-7.00021-X</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4991F83C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Todorova, V., Ivanov, K., &amp; Ivanova, S. (2021). Comparison between the biological active compounds in plants with adaptogenic properties (Rhaponticum carthamoides, Lepidium meyenii, Eleutherococcus senticosus and Panax ginseng). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Plants, 11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 64. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3390/plants11010064</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7FECE272" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trego, M. L., Hoh, E., Kellar, N. M., Meszaros, S., Robbins, M. N., Dodder, N. G., Whitehead, A., &amp; Lewison, R. L. (2018). Comprehensive screening links halogenated organic compounds with testosterone levels in male Delphinus delphis from the Southern California Bight. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Environmental Science &amp; Technology, 52</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(5), 3101-3109. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1021/acs.est.7b04652</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3DB828A6" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tserkovnyuk, A. V., &amp; Ruzhylo, S. V. (2001a). Aerobic training optimization of the effect of balneotherapy at the Truskavets' resort on physical performance and its support systems [in Ukrainian]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ukrainian Balneological Journal, 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, 39-45.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CFC3E3F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tserkovnyuk, A. V., &amp; Ruzhylo, S. V. (2001b). The influence of aerobic training against the background of balneotherapy at the Truskavets' resort on physical performance and its hemodynamic and metabolic support [in Ukrainian]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ukrainian Balneological Journal, 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, 55-64.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53ECDDD6" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wang, X., Hawkins, B. T., &amp; Miller, D. S. (2011). Aryl hydrocarbon receptor-mediated up-regulation of ATP-driven xenobiotic efflux transporters at the blood-brain barrier. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>FASEB Journal, 25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 644-652. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId75" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1096/fj.10-169227</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="41074A9C" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wang, Y., Ye, X., Ma, Z., Liang, Q., Lu, B., Tan, H., Xiao, C., Zhang, B., &amp; Gao, Y. (2008). Induction of cytochrome P450 1A1 expression by ginsenoside Rg1 and Rb1 in HepG2 cells. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...49 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>European Journal of Pharmacology, 601</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1-3), 73-78. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId76" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.ejphar.2008.10.057</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4FC623C7" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Winkelmann, T., Thayer, J. F., Pohlak, S. T., Nees, F., Grimm, O., &amp; Flor, H. (2017). Structural brain correlates of heart rate variability in healthy young adult population. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Brain Structure and Function, 222</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2), 1061-1068. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId77" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1007/s00429-016-1185-1</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7F5772B7" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xue, Z., Li, D., Yu, W., Zhang, Q., Hou, X., He, Y., &amp; Kou, X. (2017). Mechanisms and therapeutic prospects of polyphenols as modulators of the aryl hydrocarbon receptor. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Food &amp; Function, 8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(4), 1414-1437. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId78" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1039/c6fo01810f</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="58D8C61F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yang, X., Liu, H., Ye, T., Lei, X., Jiang, K., Zhou, Y., Xiao, X., Xie, K., Wang, G., &amp; Duan, C. (2020). AhR activation attenuates calcium oxalate nephrocalcinosis by diminishing M1 macrophage polarization and promoting M2 macrophage polarization. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Theranostics, 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(26), 12011-12025. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId79" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.7150/thno.51144</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0F3585FB" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ye, L., Zhao, B., Hu, G., Chu, Y., &amp; Ge, R. S. (2011). Inhibition of human and rat testicular steroidogenic enzyme activities by bisphenol A. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Toxicology Letters, 207</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2), 137-142. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId80" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.toxlet.2011.09.001</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1361A52F" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zhang, M., Ma, L., Luo, J., Ren, T., Liu, S., Pan, L., Liang, J., Wang, Z., Jiang, K., Xiao, X., &amp; Zheng, F. (2024). Low-medium polarity ginsenosides from wild ginseng improves immunity by activating the AhR/MAPK pathway through tryptophan metabolism driven by gut microbiota. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Agricultural and Food Chemistry, 72</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(47), 26142-26154. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId81" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1021/acs.jafc.4c04830</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="240ABBFD" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zhou, L. (2016). AHR function in lymphocytes: Emerging concepts. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Trends in Immunology, 37</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 17-31. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId82" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.it.2015.11.007</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4ADAB06D" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zukow, W., Fihura, O. A., Żukow, X., Muszkieta, R., Hagner-Derengowska, M., Smoleńska, O., Michalska, A., Melnyk, O. I., Ruzhylo, S. V., Zakalyak, N. R., Kondratska, H. D., Voloshyn, O. R., &amp; Popovych, I. L. (2024). Prevention of adverse effects of balneofactors at Truskavets' Spa on gastroenterologic patients through phytoadaptogens and therapeutic physical education: Mechanisms of rehabilitation. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Physical Education and Sport, 24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(4), 791-810. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId83" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.7752/jpes.2024.04093</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="42AF256E" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zukow, W., Fihura, O. A., Korda, M. M., Klishch, I. M., Ruzhylo, S. V., Melnyk, O. I., Yanchij, R. I., &amp; Popovych, I. L. (2024). Modulating effects of Ukrainian phytocomposition "Balm Truskavets'" on post stress changes in neuroendocrine-immune complex, metabolome, electrocardiogram, and gastric mucosa at rats. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...49 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Education, Health and Sport, 64</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 55171. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId84" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://dx.doi.org/10.12775/JEHS.2024.64.55171</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="543BD303" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zukow, W., Fil, V. M., Kovalchuk, H. Y., Voloshyn, O. R., Kopko, I. Y., Lupak, O. M., Ivasivka, A. S., Musiyenko, O. V., Bilas, V. R., &amp; Popovych, I. L. (2022). The role of innate muscular endurance and resistance to hypoxia in reactions to acute stress of immunity in rats. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Physical Education and Sport, 22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(7), 1608-1617. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId85" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.7752/jpes.2022.07202</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="161B0311" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zukow, W., Flyunt, I-S. S., Ponomarenko, R. B., Rybak, N. Y., Fil', V. M., Kovalchuk, H. Y., Sarancha, S. M., &amp; Nahurna, Y. V. (2020). Polyvariant change of step-test under the influence of natural adaptogens and their accompaniments. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Pedagogy and Psychology of Sport, 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2), 74-84. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId86" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.12775/PPS.2020.06.02.008</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="25516903" w14:textId="1D6BB7BC" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zukow, W., Flyunt, I-S. S., Ruzhylo, S. V., Kovalchuk, H. Y., Nahurna, Y. V., Popovych, D. V., &amp; Sarancha, S. M. (2021). Forecasting of multivariant changes in step test under the influence of natural adaptogens. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Pedagogy and Psychology of Sport, 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1), 85-93. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId87" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.12775/PPS.2021.07.01.007</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3F3656A8" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zukow, W., Gozhenko, O. A., Zavidnyuk, Y. V., Korda, M. M., Mysula, I. R., Klishch, I. M., Zhulkevych, I. V., Popovych, I. L., Muszkieta, R., Napierata, M., Hagner-Derengowska, M., &amp; Skaliy, A. (2020). Role of organic carbon and nitrogen of mineral waters in their neuro-endocrine effects at female rats. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>International Journal of Applied Exercise Physiology, 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(4), 20-25.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A73836" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zukow, W., Muszkieta, R., Hagner-Derengowska, M., Smoleńska, O., Żukow, X., Fil, V. M., Kovalchuk, H. Y., Voloshyn, O. R., Kopko, I. Y., Lupak, O. M., Ivasivka, A. S., Musiyenko, O. V., Ruzhylo, S. V., Kindrat, V., &amp; Popovych, I. L. (2022a). Role of organic substances of Naftussya bioactive water in its effects on dynamic and static fitness in rats. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11 lines deleted...]
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Tahoma" w:cs="Times New Roman"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Journal of Physical Education and Sport, 22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(11), 2733-2742. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId88" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.7752/jpes.2022.11347</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0424268B" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidRDefault="00D905EB">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="799" w:hangingChars="333" w:hanging="799"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zukow, W., Muszkieta, R., Hagner-Derengowska, M., Smoleńska, O., Żukow, X., Melnyk, O. I., Popovych, D. V., Tserkoniuk, R. G., Hryhorenko, A. M., Yanchij, R. I., Kindrat, V., &amp; Popovych, I. L. (2022b). Effects of rehabilitation at the Truskavets' spa on physical </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">working capacity and its neural, metabolic, and hemato-immune accompaniments. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:eastAsia="Tahoma"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:caps w:val="0"/>
-[...11760 lines deleted...]
-          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Journal of Physical Education and Sport, 22</w:t>
       </w:r>
-      <w:r>
-[...722 lines deleted...]
-          <w:shd w:val="clear" w:fill="FFFFFF"/>
+      <w:r w:rsidRPr="00B32C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Tahoma"/>
+          <w:color w:val="262626"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 2708-2722. </w:t>
       </w:r>
-      <w:r>
-[...82 lines deleted...]
-      <w:footerReference r:id="rId7" w:type="even"/>
+      <w:hyperlink r:id="rId89" w:tgtFrame="https://monica.im/home/chat/Monica/_blank" w:history="1">
+        <w:r w:rsidRPr="00B32C77">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:eastAsia="Tahoma"/>
+            <w:color w:val="1E6FFF"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.7752/jpes.2022.11344</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:sectPr w:rsidR="00AD71CD" w:rsidRPr="00B32C77" w:rsidSect="00B32C77">
+      <w:headerReference w:type="even" r:id="rId90"/>
+      <w:headerReference w:type="default" r:id="rId91"/>
+      <w:footerReference w:type="even" r:id="rId92"/>
+      <w:footerReference w:type="default" r:id="rId93"/>
+      <w:headerReference w:type="first" r:id="rId94"/>
+      <w:footerReference w:type="first" r:id="rId95"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="1417" w:footer="1417" w:gutter="0"/>
-      <w:lnNumType w:countBy="1" w:restart="continuous"/>
-[...1 lines deleted...]
-      <w:cols w:space="708" w:num="1"/>
+      <w:cols w:space="708"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="272" w:charSpace="0"/>
+      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="2BC6E579" w14:textId="77777777" w:rsidR="00C81C73" w:rsidRDefault="00C81C73">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1CB624A4" w14:textId="77777777" w:rsidR="00C81C73" w:rsidRDefault="00C81C73">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="宋体">
-    <w:altName w:val="SimSun"/>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...4 lines deleted...]
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="default"/>
-[...50 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="1EDDAC6B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2847B1C3" w14:textId="77777777" w:rsidR="00CE7C61" w:rsidRDefault="00CE7C61">
     <w:pPr>
-      <w:pStyle w:val="14"/>
-      <w:jc w:val="both"/>
+      <w:pStyle w:val="Stopka"/>
     </w:pPr>
-    <w:r>
-[...166 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="2AD29AD4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="426D44F2" w14:textId="59950ECC" w:rsidR="00AD71CD" w:rsidRDefault="00AD71CD">
     <w:pPr>
-      <w:pStyle w:val="14"/>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="both"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="3F0BC4BA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="56435398" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRDefault="00D905EB">
     <w:pPr>
-      <w:pStyle w:val="14"/>
+      <w:pStyle w:val="Stopka"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:sz w:val="20"/>
+        <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54D93F74" wp14:editId="2D64189D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1828800" cy="1828800"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="5" name="Pole tekstowe 5"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1828800" cy="1828800"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="1070723F">
+                        <w:p w14:paraId="7410FFD8" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRDefault="00D905EB">
                           <w:pPr>
-                            <w:pStyle w:val="14"/>
+                            <w:pStyle w:val="Stopka"/>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQF6dSeEnAgAAZQQAAA4AAABkcnMvZTJvRG9jLnhtbK1UwW7bMAy9D9g/&#10;CLovTju0CII6Rdaiw4BgLdANOyuyHBuTREFiYmdfvyc7Toduhx52kSmRetR7JH1z2zsrDiamlnwp&#10;L2ZzKYzXVLV+V8rv3x4+LKRIrHylLHlTyqNJ8nb1/t1NF5bmkhqylYkCID4tu1DKhjksiyLpxjiV&#10;ZhSMh7Om6BRjG3dFFVUHdGeLy/n8uugoViGSNinh9H50yhNifAsg1XWrzT3pvTOeR9RorGJQSk0b&#10;klwNr61ro/mxrpNhYUsJpjysSAJ7m9didaOWu6hC0+rTE9RbnvCKk1OtR9Iz1L1iJfax/QvKtTpS&#10;oppnmlwxEhkUAYuL+SttnhsVzMAFUqdwFj39P1j99fAURVuV8koKrxwK/kTWCDY/E1NnxFWWqAtp&#10;icjngFjuP1GPxpnOEw4z876OLn/BScAPgY9ngU3PQudLi8vFYg6Xhm/aAL94uR5i4s+GnMhGKSMq&#10;OAirDpvEY+gUkrN5emitHapovehKef3xaj5cOHsAbj1yZBLjY7PF/bY/MdtSdQSxSGN3pKAfWiTf&#10;qMRPKqId8GAMDD9iqS0hCZ0sKRqKv/51nuNRJXil6NBepfSYJinsF4/qAZAnI07GdjL83t0R+vUC&#10;gxj0YOJCZDuZdST3A1O0zjngUl4jUyl5Mu94bHFMoTbr9RC0D7HdNeMF9F5QvPHPQec0WcgU1nuG&#10;mIPGWaBRlZNu6L6hSqdJye39536Ievk7rH4DUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAA&#10;X3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+D&#10;vYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEH&#10;A++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLva&#10;gHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoH&#10;alnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAA&#10;AFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxo&#10;b4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48s&#10;Upq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW&#10;4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPui&#10;gFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m&#10;5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAkAQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAA&#10;AACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAByAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07i&#10;QIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAlgMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07i&#10;QAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAs0lY7tAA&#10;AAAFAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQF6d&#10;SeEnAgAAZQQAAA4AAAAAAAAAAQAgAAAAHwEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEA&#10;ALgFAAAAAA==&#10;">
-[...4 lines deleted...]
-              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+            <v:shapetype w14:anchorId="54D93F74" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Pole tekstowe 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:2in;height:2in;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6fPyMVgIAAA4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRSYOCFEOTFOTJPQ&#10;Do2b9hzSBKpL4igxtOzXz0kpN932ctNeUje2P9uf7czvW2vYWYVYgyv5aDDkTDkJVe0OJf/+tP4w&#10;5SyicJUw4FTJLyry+8X7d/PGz9QYjmAqFRiBuDhrfMmPiH5WFFEelRVxAF45UmoIViD9hkNRBdEQ&#10;ujXFeDi8KxoIlQ8gVYx0+9Ap+SLja60kPmodFTJTcsoN8xnyuU9nsZiL2SEIf6zlNQ3xD1lYUTsK&#10;eoN6ECjYKdR/QNlaBoigcSDBFqB1LVWugaoZDV9VszsKr3ItRE70N5ri/4OVX8/bwOqq5BPOnLDU&#10;oi0YxVA9R4RGsUmiqPFxRpY7T7bYfoKWWt3fR7pMlbc62PSlmhjpiezLjWDVIpPJaTqeToekkqTr&#10;fwi/eHH3IeJnBZYloeSBOpiJFedNxM60N0nRHKxrY3IXjWNNye8+TobZ4aYhcOMoRiqiSzZLeDEq&#10;IRj3TWliIOecLvLsqZUJ7CxoaoSUymEuNyORdbLSFPYtjlf75KryXL7F+eaRI4PDm7OtHYRc76u0&#10;q+c+Zd3Z9wx0dScKsN231+buobpQbwN0CxK9XNfE/0ZE3IpAG0E9oy3HRzq0AeIZrhJnRwg//3af&#10;7GlQSctZQxtWckdPAGfmi6MBTsvYC6EX9r3gTnYFRP6IXg8vs0gOAU0v6gD2B63+MsUglXCSIpUc&#10;e3GF3ZbT0yHVcpmNaOW8wI3beZmgc7P98oQ0Q3m0EikdE1eyaOnycF4fiLTVv/9nq5dnbPELAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBxqtG51wAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;k/YfIiNx21IGQlVpOrGJckRi5cAxa0xbSJwqybry7zEICS6Wn571/L1yOzsrJgxx8KTgap2BQGq9&#10;GahT8NLUqxxETJqMtp5QwSdG2FbLRakL48/0jNMhdYJDKBZaQZ/SWEgZ2x6djms/IrH35oPTiWXo&#10;pAn6zOHOyk2W3UqnB+IPvR5x32P7cTg5Bfu6acKEMdhXfKyv3592N/gwK3V5Md/fgUg4p79j+MZn&#10;dKiY6ehPZKKwCrhI+pnsbfKc5fF3kVUp/9NXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQC6fPyMVgIAAA4FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBxqtG51wAAAAUBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="1070723F">
+                  <w:p w14:paraId="7410FFD8" w14:textId="77777777" w:rsidR="00AD71CD" w:rsidRDefault="00D905EB">
                     <w:pPr>
-                      <w:pStyle w:val="14"/>
+                      <w:pStyle w:val="Stopka"/>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="1CD4BB28" w14:textId="77777777" w:rsidR="00C81C73" w:rsidRDefault="00C81C73">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="720B2556" w14:textId="77777777" w:rsidR="00C81C73" w:rsidRDefault="00C81C73">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="24D55AD2">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3394668D" w14:textId="77777777" w:rsidR="00CE7C61" w:rsidRDefault="00CE7C61">
     <w:pPr>
-      <w:pStyle w:val="17"/>
+      <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="03AAFD95">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="276D9FAA" w14:textId="77777777" w:rsidR="00CE7C61" w:rsidRDefault="00CE7C61">
     <w:pPr>
-      <w:pStyle w:val="17"/>
-[...2 lines deleted...]
-      </w:pBdr>
+      <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="042D7CD3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="52C80244" w14:textId="4987A80C" w:rsidR="00CE7C61" w:rsidRPr="0062428C" w:rsidRDefault="0062428C" w:rsidP="0062428C">
     <w:pPr>
-      <w:widowControl/>
-[...1 lines deleted...]
-      <w:ind w:right="-2"/>
+      <w:pStyle w:val="Nagwek"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-        <w:szCs w:val="16"/>
+        <w:sz w:val="96"/>
+        <w:szCs w:val="96"/>
         <w:lang w:val="pl-PL"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="0062428C">
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-        <w:szCs w:val="16"/>
+        <w:sz w:val="96"/>
+        <w:szCs w:val="96"/>
+        <w:highlight w:val="yellow"/>
         <w:lang w:val="pl-PL"/>
       </w:rPr>
-      <w:t>Author Surname Name, Author Surname Name, Author Surname Name. Title of the Paper.</w:t>
+      <w:t>Must</w:t>
     </w:r>
-    <w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="0062428C">
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-        <w:szCs w:val="16"/>
+        <w:sz w:val="96"/>
+        <w:szCs w:val="96"/>
+        <w:highlight w:val="yellow"/>
         <w:lang w:val="pl-PL"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Quality in Sport. 2025;41:60222. eISSN 2450-3118.</w:t>
+      <w:t xml:space="preserve"> be &gt; 14 </w:t>
     </w:r>
-  </w:p>
-[...4 lines deleted...]
-      <w:ind w:right="-2"/>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="0062428C">
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...2 lines deleted...]
-        <w:szCs w:val="16"/>
+        <w:sz w:val="96"/>
+        <w:szCs w:val="96"/>
+        <w:highlight w:val="yellow"/>
         <w:lang w:val="pl-PL"/>
       </w:rPr>
-    </w:pPr>
-[...9 lines deleted...]
-      <w:fldChar w:fldCharType="begin"/>
+      <w:t>pages</w:t>
     </w:r>
-    <w:r>
-[...1240 lines deleted...]
-    </w:pPr>
+    <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="045B971C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="045B971C"/>
-    <w:lvl w:ilvl="0" w:tentative="0">
+    <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="0">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="0">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="0">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="0">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="0">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="0">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="0">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="0">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:bordersDoNotSurroundHeader w:val="0"/>
-[...1 lines deleted...]
-  <w:documentProtection w:enforcement="0"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
-  <w:displayHorizontalDrawingGridEvery w:val="1"/>
-[...1 lines deleted...]
-  <w:noPunctuationKerning w:val="1"/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
-    <w:doNotWrapTextWithPunct/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B03FFE"/>
     <w:rsid w:val="00021613"/>
     <w:rsid w:val="000239BE"/>
     <w:rsid w:val="00026398"/>
     <w:rsid w:val="00055A4A"/>
     <w:rsid w:val="000833BC"/>
     <w:rsid w:val="000A3463"/>
     <w:rsid w:val="000B5407"/>
     <w:rsid w:val="000D0796"/>
     <w:rsid w:val="000D6A10"/>
     <w:rsid w:val="000E3B94"/>
     <w:rsid w:val="000E79EB"/>
     <w:rsid w:val="001118C1"/>
     <w:rsid w:val="00113860"/>
     <w:rsid w:val="00127EBA"/>
     <w:rsid w:val="00145474"/>
     <w:rsid w:val="00155177"/>
     <w:rsid w:val="00170D32"/>
     <w:rsid w:val="00172416"/>
     <w:rsid w:val="00195822"/>
     <w:rsid w:val="001B1441"/>
     <w:rsid w:val="001F2DBD"/>
     <w:rsid w:val="001F4770"/>
@@ -34409,61 +18337,64 @@
     <w:rsid w:val="003628AD"/>
     <w:rsid w:val="003832D4"/>
     <w:rsid w:val="00390254"/>
     <w:rsid w:val="003B1954"/>
     <w:rsid w:val="00414E55"/>
     <w:rsid w:val="00416045"/>
     <w:rsid w:val="00425A0D"/>
     <w:rsid w:val="0043619E"/>
     <w:rsid w:val="00455AAD"/>
     <w:rsid w:val="004914FE"/>
     <w:rsid w:val="004B6C04"/>
     <w:rsid w:val="004E292F"/>
     <w:rsid w:val="004E57BE"/>
     <w:rsid w:val="00511DC5"/>
     <w:rsid w:val="00516BAD"/>
     <w:rsid w:val="005509FD"/>
     <w:rsid w:val="0055100B"/>
     <w:rsid w:val="00572C3F"/>
     <w:rsid w:val="00573147"/>
     <w:rsid w:val="005A24A3"/>
     <w:rsid w:val="005B209F"/>
     <w:rsid w:val="005B2714"/>
     <w:rsid w:val="005C2EA0"/>
     <w:rsid w:val="005E1793"/>
     <w:rsid w:val="006230BA"/>
+    <w:rsid w:val="0062428C"/>
+    <w:rsid w:val="00636FE2"/>
     <w:rsid w:val="0064728A"/>
     <w:rsid w:val="006542D1"/>
     <w:rsid w:val="00655DA9"/>
     <w:rsid w:val="006843CD"/>
     <w:rsid w:val="006910C4"/>
     <w:rsid w:val="00696A8E"/>
     <w:rsid w:val="006C37F0"/>
     <w:rsid w:val="006E1653"/>
     <w:rsid w:val="006E4739"/>
     <w:rsid w:val="006F7C81"/>
     <w:rsid w:val="0070746A"/>
+    <w:rsid w:val="00707C94"/>
     <w:rsid w:val="007142AD"/>
     <w:rsid w:val="00720958"/>
     <w:rsid w:val="0072660C"/>
     <w:rsid w:val="00747F1E"/>
     <w:rsid w:val="00753DA0"/>
     <w:rsid w:val="007767A2"/>
     <w:rsid w:val="007866C1"/>
     <w:rsid w:val="00790A75"/>
     <w:rsid w:val="007A1EC7"/>
     <w:rsid w:val="007B6E39"/>
     <w:rsid w:val="007E3E6D"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="008156C9"/>
     <w:rsid w:val="0081667F"/>
     <w:rsid w:val="00821DF2"/>
     <w:rsid w:val="008312FD"/>
     <w:rsid w:val="00832A99"/>
     <w:rsid w:val="00870988"/>
     <w:rsid w:val="00880447"/>
     <w:rsid w:val="008859BB"/>
     <w:rsid w:val="00890D30"/>
     <w:rsid w:val="00892374"/>
     <w:rsid w:val="008A3760"/>
     <w:rsid w:val="008B5E47"/>
     <w:rsid w:val="008C1CBE"/>
@@ -34476,110 +18407,116 @@
     <w:rsid w:val="0094310D"/>
     <w:rsid w:val="0094593C"/>
     <w:rsid w:val="00955B1C"/>
     <w:rsid w:val="0097006F"/>
     <w:rsid w:val="0097399F"/>
     <w:rsid w:val="00983957"/>
     <w:rsid w:val="009A026C"/>
     <w:rsid w:val="009B01DB"/>
     <w:rsid w:val="009B5C8A"/>
     <w:rsid w:val="009C4216"/>
     <w:rsid w:val="009D07B3"/>
     <w:rsid w:val="009E1E99"/>
     <w:rsid w:val="009F0EB1"/>
     <w:rsid w:val="009F19F8"/>
     <w:rsid w:val="00A00E9A"/>
     <w:rsid w:val="00A15FBF"/>
     <w:rsid w:val="00A34249"/>
     <w:rsid w:val="00A36475"/>
     <w:rsid w:val="00A51BDF"/>
     <w:rsid w:val="00A51DBE"/>
     <w:rsid w:val="00A54D8A"/>
     <w:rsid w:val="00A74A76"/>
     <w:rsid w:val="00AB3851"/>
     <w:rsid w:val="00AB411A"/>
     <w:rsid w:val="00AD0CF5"/>
+    <w:rsid w:val="00AD71CD"/>
     <w:rsid w:val="00B00456"/>
     <w:rsid w:val="00B03FFE"/>
     <w:rsid w:val="00B25687"/>
+    <w:rsid w:val="00B32C77"/>
     <w:rsid w:val="00B33506"/>
     <w:rsid w:val="00B566EA"/>
     <w:rsid w:val="00B57AEA"/>
     <w:rsid w:val="00B80355"/>
     <w:rsid w:val="00B8303C"/>
     <w:rsid w:val="00B97919"/>
     <w:rsid w:val="00BA3917"/>
     <w:rsid w:val="00BB06AD"/>
     <w:rsid w:val="00BC0319"/>
     <w:rsid w:val="00BC2215"/>
     <w:rsid w:val="00BC631A"/>
     <w:rsid w:val="00BD74E5"/>
     <w:rsid w:val="00C12BA4"/>
     <w:rsid w:val="00C1368B"/>
     <w:rsid w:val="00C21735"/>
     <w:rsid w:val="00C33D2C"/>
     <w:rsid w:val="00C35FC5"/>
     <w:rsid w:val="00C364F0"/>
     <w:rsid w:val="00C45CE2"/>
     <w:rsid w:val="00C52E50"/>
     <w:rsid w:val="00C66BDB"/>
     <w:rsid w:val="00C71472"/>
+    <w:rsid w:val="00C81C73"/>
     <w:rsid w:val="00C943DF"/>
     <w:rsid w:val="00C94EA2"/>
     <w:rsid w:val="00CA7AE0"/>
     <w:rsid w:val="00CB26EB"/>
     <w:rsid w:val="00CC0A96"/>
     <w:rsid w:val="00CC1B72"/>
     <w:rsid w:val="00CC22F9"/>
     <w:rsid w:val="00CE2A53"/>
+    <w:rsid w:val="00CE7C61"/>
     <w:rsid w:val="00D11E8D"/>
     <w:rsid w:val="00D1645C"/>
     <w:rsid w:val="00D2516B"/>
     <w:rsid w:val="00D27799"/>
     <w:rsid w:val="00D36AB5"/>
     <w:rsid w:val="00D74FB6"/>
     <w:rsid w:val="00D75F73"/>
+    <w:rsid w:val="00D905EB"/>
     <w:rsid w:val="00D946BB"/>
     <w:rsid w:val="00DA23F4"/>
     <w:rsid w:val="00DB099B"/>
     <w:rsid w:val="00DC5A8A"/>
     <w:rsid w:val="00DD439B"/>
     <w:rsid w:val="00DE5FF7"/>
     <w:rsid w:val="00E11E18"/>
     <w:rsid w:val="00E241BD"/>
     <w:rsid w:val="00E318C2"/>
     <w:rsid w:val="00E43F84"/>
     <w:rsid w:val="00E5602D"/>
     <w:rsid w:val="00E57785"/>
     <w:rsid w:val="00E6165F"/>
     <w:rsid w:val="00E63445"/>
     <w:rsid w:val="00E64401"/>
     <w:rsid w:val="00E65FC2"/>
     <w:rsid w:val="00E83519"/>
     <w:rsid w:val="00E90C77"/>
     <w:rsid w:val="00ED5BC6"/>
     <w:rsid w:val="00EF07A5"/>
+    <w:rsid w:val="00EF4168"/>
     <w:rsid w:val="00EF76F9"/>
     <w:rsid w:val="00F051B8"/>
     <w:rsid w:val="00F06EA6"/>
     <w:rsid w:val="00F121FB"/>
     <w:rsid w:val="00F45E31"/>
     <w:rsid w:val="00F50EEB"/>
     <w:rsid w:val="00F6144A"/>
     <w:rsid w:val="00F93492"/>
     <w:rsid w:val="00FA52E2"/>
     <w:rsid w:val="00FD4C0F"/>
     <w:rsid w:val="00FE426D"/>
     <w:rsid w:val="00FE467B"/>
     <w:rsid w:val="00FF0DC7"/>
     <w:rsid w:val="00FF3883"/>
     <w:rsid w:val="00FF77AE"/>
     <w:rsid w:val="05E83341"/>
     <w:rsid w:val="06C56FF1"/>
     <w:rsid w:val="0A0334A7"/>
     <w:rsid w:val="0B0523A4"/>
     <w:rsid w:val="0B5843AD"/>
     <w:rsid w:val="0BBF17D2"/>
     <w:rsid w:val="0D7A532C"/>
     <w:rsid w:val="0E1D2BD5"/>
     <w:rsid w:val="10EF6D26"/>
     <w:rsid w:val="114E5C71"/>
@@ -34638,1205 +18575,1311 @@
     <w:rsid w:val="73F60542"/>
     <w:rsid w:val="743762DF"/>
     <w:rsid w:val="749F5A92"/>
     <w:rsid w:val="78822D93"/>
     <w:rsid w:val="7A7725D1"/>
     <w:rsid w:val="7ABA09CB"/>
     <w:rsid w:val="7AFB1646"/>
     <w:rsid w:val="7E936BB7"/>
     <w:rsid w:val="7ECE0CB1"/>
     <w:rsid w:val="7F4B6365"/>
     <w:rsid w:val="7FD30895"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:doNotAutoCompressPictures/>
-  <w:uiCompat97To2003/>
   <w:themeFontLang w:val="pl-PL" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="567498D3"/>
+  <w15:docId w15:val="{32594B3A-0BE6-4821-9A01-AA019DF23926}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
-[...248 lines deleted...]
-    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:qFormat="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="27"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:val="sl-SI"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="28"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Nagwek2Znak"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="MS Gothic" w:cs="Cambria"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="MS Gothic" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="4">
+  <w:style w:type="paragraph" w:styleId="Nagwek3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="29"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek3Znak"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:val="sl-SI" w:eastAsia="sl-SI"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="5">
+  <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
-    <w:semiHidden/>
-[...4 lines deleted...]
-    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Standardowy">
+    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="7">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="36"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="8">
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="9">
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="31"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
     <w:uiPriority w:val="99"/>
-  </w:style>
-[...4 lines deleted...]
-    <w:link w:val="35"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="11">
+  <w:style w:type="character" w:styleId="Uwydatnienie">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="12">
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="34"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisukocowegoZnak"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="13">
+  <w:style w:type="character" w:styleId="UyteHipercze">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="14">
+  <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="33"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="15">
+  <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="16">
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="30"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisudolnegoZnak"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
-  </w:style>
-[...3 lines deleted...]
-    <w:link w:val="32"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="18">
+  <w:style w:type="character" w:styleId="Hipercze">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="19">
+  <w:style w:type="character" w:styleId="Numerwiersza">
     <w:name w:val="line number"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="20">
+  <w:style w:type="paragraph" w:styleId="NormalnyWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="sl-SI" w:eastAsia="sl-SI"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="21">
+  <w:style w:type="paragraph" w:styleId="Zwykytekst">
     <w:name w:val="Plain Text"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="51"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="ZwykytekstZnak"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="22">
+  <w:style w:type="character" w:styleId="Pogrubienie">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="23">
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="6"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="24">
+  <w:style w:type="paragraph" w:styleId="Spistreci1">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="1"/>
-    <w:next w:val="1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
     <w:locked/>
-    <w:uiPriority w:val="0"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="25">
+  <w:style w:type="paragraph" w:styleId="Spistreci2">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="1"/>
-    <w:next w:val="1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
     <w:locked/>
-    <w:uiPriority w:val="0"/>
     <w:pPr>
-      <w:ind w:left="420" w:leftChars="200"/>
+      <w:ind w:leftChars="200" w:left="420"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="26">
+  <w:style w:type="paragraph" w:styleId="Spistreci3">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="1"/>
-    <w:next w:val="1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
     <w:locked/>
-    <w:uiPriority w:val="0"/>
     <w:pPr>
-      <w:ind w:left="840" w:leftChars="400"/>
+      <w:ind w:leftChars="400" w:left="840"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="27">
-[...2 lines deleted...]
-    <w:link w:val="2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek1"/>
+    <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:val="sl-SI" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="28">
-[...2 lines deleted...]
-    <w:link w:val="3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
+    <w:name w:val="Nagłówek 2 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek2"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="MS Gothic" w:cs="Cambria"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="MS Gothic" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="29">
-[...2 lines deleted...]
-    <w:link w:val="4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek3Znak">
+    <w:name w:val="Nagłówek 3 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek3"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:val="sl-SI" w:eastAsia="sl-SI"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...2 lines deleted...]
-    <w:link w:val="16"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisudolnegoZnak">
+    <w:name w:val="Tekst przypisu dolnego Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstprzypisudolnego"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="31">
-[...2 lines deleted...]
-    <w:link w:val="9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="32">
-[...2 lines deleted...]
-    <w:link w:val="17"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="33">
-[...2 lines deleted...]
-    <w:link w:val="14"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="34">
-[...2 lines deleted...]
-    <w:link w:val="12"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
+    <w:name w:val="Tekst przypisu końcowego Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstprzypisukocowego"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="35">
-[...2 lines deleted...]
-    <w:link w:val="10"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="36">
-[...2 lines deleted...]
-    <w:link w:val="7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="37">
-    <w:name w:val="Revision"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Poprawka1">
+    <w:name w:val="Poprawka1"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="38">
-[...2 lines deleted...]
-    <w:link w:val="39"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AkapitzlistZnak">
+    <w:name w:val="Akapit z listą Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Akapitzlist"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:locked/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="39">
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="38"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="AkapitzlistZnak"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="40">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="copyright">
     <w:name w:val="copyright"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="sl-SI" w:eastAsia="sl-SI"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="41">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="articlecategory">
     <w:name w:val="articlecategory"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="sl-SI" w:eastAsia="sl-SI"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="42">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="articledetails">
     <w:name w:val="articledetails"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="sl-SI" w:eastAsia="sl-SI"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="43">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DCtext">
     <w:name w:val="DC text"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="100" w:line="280" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="44">
+  <w:style w:type="character" w:customStyle="1" w:styleId="maintitle">
     <w:name w:val="maintitle"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="45">
+  <w:style w:type="character" w:customStyle="1" w:styleId="st1">
     <w:name w:val="st1"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="46">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ft">
     <w:name w:val="ft"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="47">
+  <w:style w:type="character" w:customStyle="1" w:styleId="st">
     <w:name w:val="st"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="48">
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="49">
+  <w:style w:type="character" w:customStyle="1" w:styleId="slug-doi">
     <w:name w:val="slug-doi"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+  <w:style w:type="character" w:customStyle="1" w:styleId="slug-doi-wrapper">
     <w:name w:val="slug-doi-wrapper"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="51">
-[...2 lines deleted...]
-    <w:link w:val="21"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZwykytekstZnak">
+    <w:name w:val="Zwykły tekst Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Zwykytekst"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="52">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TEXT">
     <w:name w:val="TEXT"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="9498"/>
       </w:tabs>
       <w:spacing w:line="280" w:lineRule="atLeast"/>
       <w:ind w:firstLine="284"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="it-IT" w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="REFERENCES">
     <w:name w:val="REFERENCES"/>
-    <w:basedOn w:val="1"/>
-    <w:next w:val="52"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="TEXT"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="9498"/>
       </w:tabs>
       <w:spacing w:after="60" w:line="280" w:lineRule="atLeast"/>
       <w:ind w:left="284" w:hanging="284"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
       <w:sz w:val="24"/>
       <w:lang w:val="da-DK" w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="54">
+  <w:style w:type="character" w:customStyle="1" w:styleId="tlid-translation">
     <w:name w:val="tlid-translation"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="55">
+  <w:style w:type="character" w:customStyle="1" w:styleId="rynqvb">
     <w:name w:val="rynqvb"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="56">
+  <w:style w:type="character" w:customStyle="1" w:styleId="hwtze">
     <w:name w:val="hwtze"/>
-    <w:basedOn w:val="5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="57">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WPSOffice1">
     <w:name w:val="WPSOffice手动目录 1"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
-[...7 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="58">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WPSOffice2">
     <w:name w:val="WPSOffice手动目录 2"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
     <w:pPr>
-      <w:ind w:leftChars="200"/>
+      <w:ind w:leftChars="200" w:left="200"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="59">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WPSOffice3">
     <w:name w:val="WPSOffice手动目录 3"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
     <w:pPr>
-      <w:ind w:leftChars="400"/>
+      <w:ind w:leftChars="400" w:left="400"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/s0009-2797(02)00063-7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fimmu.2021.697663" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.31989/ffhd.v13i2.1020" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21249614" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1124/pr.113.007823" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5281/zenodo.3533871" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12775/JEHS.2024.64.55171" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7752/jpes.2022.11344" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:x.xxxx@gmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.12775/JEHS.2023.13.01.048" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.lfs.2020.117337" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.phymed.2019.152881" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5281/zenodo.2546368" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.est.7b04652" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7150/thno.51144" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/nure.12024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/toxsci/kfr218" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/toxsci/kfi130" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23146/HAN.2023.4.01" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms232314919" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1055/s-2006-961504" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.toxlet.2011.09.001" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7752/jpes.2022.07202" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0005-xxxx-xxxx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bcp.2024.116156" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.12775/JEHS.2023.19.01.005" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12031-020-01490-2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/eji.201747289" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5281/zenodo.2596710" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fimmu.2021.624284" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.chemrestox.0c00072" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.bcp.2021.114428" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ph3010188" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.taap.2011.06.007" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/molecules29184283" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1096/fj.10-169227" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7752/jpes.2024.04093" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7752/jpes.2022.11347" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12974-019-1572-7" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep19618" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jgr.2020.08.003" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/cells10102729" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7752/jpes.2020.s2139" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0005-xxxx-xxxx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1124/pr.114.009001" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/13880209.2019.1679814" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.phymed.2018.09.204" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11062-014-9420-y" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10068-024-01454-x" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants11010064" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1039/c6fo01810f" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.jafc.4c04830" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12775/PPS.2020.06.02.008" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:x.xxxx@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:x.xxxx@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1095/biolreprod62.6.1882" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fnana.2017.00004" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-47138-z" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fphar.2023.1199516" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/med.21743" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ejphar.2008.10.057" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.jafc.1c01845" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology12040526" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jes.2017.08.012" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5281/zenodo.14640273" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms241310663" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph182211780" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12775/PPS.2021.07.01.007" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5281/zenodo.1179635" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.it.2015.11.007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.phymed.2013.07.001" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:x.xxxx@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.phymed.2022.154354" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0066258" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1006/abbi.1998.0814" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00429-016-1185-1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0005-xxxx-xxxx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ph15091051" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-813008-7.00021-X" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\Documents\Bl_1.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="zh-CN"/>
+  <c:lang val="pl-PL"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Лист31!$A$47</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Ig G</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="5B9BD5"/>
             </a:solidFill>
             <a:ln w="25400">
               <a:noFill/>
             </a:ln>
           </c:spPr>
           <c:invertIfNegative val="0"/>
-          <c:dLbls>
-[...1 lines deleted...]
-          </c:dLbls>
           <c:errBars>
             <c:errBarType val="both"/>
             <c:errValType val="cust"/>
             <c:noEndCap val="0"/>
             <c:plus>
               <c:numRef>
                 <c:f>Лист31!$J$47:$P$47</c:f>
                 <c:numCache>
                   <c:formatCode>General</c:formatCode>
                   <c:ptCount val="7"/>
                   <c:pt idx="0">
                     <c:v>0.33</c:v>
                   </c:pt>
                   <c:pt idx="1">
                     <c:v>0.39</c:v>
                   </c:pt>
                   <c:pt idx="2">
                     <c:v>0.34</c:v>
                   </c:pt>
                   <c:pt idx="3">
                     <c:v>0.43</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>0.42</c:v>
                   </c:pt>
                   <c:pt idx="5">
                     <c:v>0.45</c:v>
                   </c:pt>
                   <c:pt idx="6">
-                    <c:v>0.425</c:v>
+                    <c:v>0.42499999999999999</c:v>
                   </c:pt>
                 </c:numCache>
               </c:numRef>
             </c:plus>
             <c:minus>
               <c:numRef>
                 <c:f>Лист31!$J$47:$P$47</c:f>
                 <c:numCache>
                   <c:formatCode>General</c:formatCode>
                   <c:ptCount val="7"/>
                   <c:pt idx="0">
                     <c:v>0.33</c:v>
                   </c:pt>
                   <c:pt idx="1">
                     <c:v>0.39</c:v>
                   </c:pt>
                   <c:pt idx="2">
                     <c:v>0.34</c:v>
                   </c:pt>
                   <c:pt idx="3">
                     <c:v>0.43</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>0.42</c:v>
                   </c:pt>
                   <c:pt idx="5">
                     <c:v>0.45</c:v>
                   </c:pt>
                   <c:pt idx="6">
-                    <c:v>0.425</c:v>
+                    <c:v>0.42499999999999999</c:v>
                   </c:pt>
                 </c:numCache>
               </c:numRef>
             </c:minus>
             <c:spPr>
               <a:noFill/>
               <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
                 <a:round/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
           </c:errBars>
           <c:cat>
             <c:strRef>
               <c:f>Лист31!$B$46:$H$46</c:f>
               <c:strCache>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
@@ -35860,145 +19903,147 @@
                 <c:pt idx="6">
                   <c:v>E A</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Лист31!$B$47:$H$47</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>0.64</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.47</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.09</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0.36</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>-0.55</c:v>
+                  <c:v>-0.55000000000000004</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>-0.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.45</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-C04A-45B3-B5D5-32B4F7A8C156}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Лист31!$A$48</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Neutrophils</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="ED7D31"/>
             </a:solidFill>
             <a:ln w="25400">
               <a:noFill/>
             </a:ln>
           </c:spPr>
           <c:invertIfNegative val="0"/>
-          <c:dLbls>
-[...1 lines deleted...]
-          </c:dLbls>
           <c:errBars>
             <c:errBarType val="both"/>
             <c:errValType val="cust"/>
             <c:noEndCap val="0"/>
             <c:plus>
               <c:numRef>
                 <c:f>Лист31!$J$48:$P$48</c:f>
                 <c:numCache>
                   <c:formatCode>General</c:formatCode>
                   <c:ptCount val="7"/>
                   <c:pt idx="0">
-                    <c:v>0.55</c:v>
+                    <c:v>0.55000000000000004</c:v>
                   </c:pt>
                   <c:pt idx="1">
                     <c:v>0.51</c:v>
                   </c:pt>
                   <c:pt idx="2">
-                    <c:v>0.58</c:v>
+                    <c:v>0.57999999999999996</c:v>
                   </c:pt>
                   <c:pt idx="3">
                     <c:v>0.73</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>0.52</c:v>
                   </c:pt>
                   <c:pt idx="5">
-                    <c:v>0.57</c:v>
+                    <c:v>0.56999999999999995</c:v>
                   </c:pt>
                   <c:pt idx="6">
                     <c:v>0.625</c:v>
                   </c:pt>
                 </c:numCache>
               </c:numRef>
             </c:plus>
             <c:minus>
               <c:numRef>
                 <c:f>Лист31!$J$48:$P$48</c:f>
                 <c:numCache>
                   <c:formatCode>General</c:formatCode>
                   <c:ptCount val="7"/>
                   <c:pt idx="0">
-                    <c:v>0.55</c:v>
+                    <c:v>0.55000000000000004</c:v>
                   </c:pt>
                   <c:pt idx="1">
                     <c:v>0.51</c:v>
                   </c:pt>
                   <c:pt idx="2">
-                    <c:v>0.58</c:v>
+                    <c:v>0.57999999999999996</c:v>
                   </c:pt>
                   <c:pt idx="3">
                     <c:v>0.73</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>0.52</c:v>
                   </c:pt>
                   <c:pt idx="5">
-                    <c:v>0.57</c:v>
+                    <c:v>0.56999999999999995</c:v>
                   </c:pt>
                   <c:pt idx="6">
                     <c:v>0.625</c:v>
                   </c:pt>
                 </c:numCache>
               </c:numRef>
             </c:minus>
             <c:spPr>
               <a:noFill/>
               <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
                 <a:round/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
           </c:errBars>
           <c:cat>
             <c:strRef>
               <c:f>Лист31!$B$46:$H$46</c:f>
@@ -36036,137 +20081,139 @@
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>0.25</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>-0.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>-0.06</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>-0.15</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>-0.31</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0.35</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.66</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-C04A-45B3-B5D5-32B4F7A8C156}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Лист31!$A$49</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>CIC </c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="A5A5A5"/>
             </a:solidFill>
             <a:ln w="25400">
               <a:noFill/>
             </a:ln>
           </c:spPr>
           <c:invertIfNegative val="0"/>
-          <c:dLbls>
-[...1 lines deleted...]
-          </c:dLbls>
           <c:errBars>
             <c:errBarType val="both"/>
             <c:errValType val="cust"/>
             <c:noEndCap val="0"/>
             <c:plus>
               <c:numRef>
                 <c:f>Лист31!$J$49:$P$49</c:f>
                 <c:numCache>
                   <c:formatCode>General</c:formatCode>
                   <c:ptCount val="7"/>
                   <c:pt idx="0">
                     <c:v>0.33</c:v>
                   </c:pt>
                   <c:pt idx="1">
                     <c:v>0.24</c:v>
                   </c:pt>
                   <c:pt idx="2">
                     <c:v>0.27</c:v>
                   </c:pt>
                   <c:pt idx="3">
-                    <c:v>0.28</c:v>
+                    <c:v>0.28000000000000003</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>0.3</c:v>
                   </c:pt>
                   <c:pt idx="5">
                     <c:v>0.34</c:v>
                   </c:pt>
                   <c:pt idx="6">
-                    <c:v>0.29</c:v>
+                    <c:v>0.28999999999999998</c:v>
                   </c:pt>
                 </c:numCache>
               </c:numRef>
             </c:plus>
             <c:minus>
               <c:numRef>
                 <c:f>Лист31!$J$49:$P$49</c:f>
                 <c:numCache>
                   <c:formatCode>General</c:formatCode>
                   <c:ptCount val="7"/>
                   <c:pt idx="0">
                     <c:v>0.33</c:v>
                   </c:pt>
                   <c:pt idx="1">
                     <c:v>0.24</c:v>
                   </c:pt>
                   <c:pt idx="2">
                     <c:v>0.27</c:v>
                   </c:pt>
                   <c:pt idx="3">
-                    <c:v>0.28</c:v>
+                    <c:v>0.28000000000000003</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>0.3</c:v>
                   </c:pt>
                   <c:pt idx="5">
                     <c:v>0.34</c:v>
                   </c:pt>
                   <c:pt idx="6">
-                    <c:v>0.29</c:v>
+                    <c:v>0.28999999999999998</c:v>
                   </c:pt>
                 </c:numCache>
               </c:numRef>
             </c:minus>
             <c:spPr>
               <a:noFill/>
               <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
                 <a:round/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
           </c:errBars>
           <c:cat>
             <c:strRef>
               <c:f>Лист31!$B$46:$H$46</c:f>
               <c:strCache>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
@@ -36181,151 +20228,153 @@
                 <c:pt idx="3">
                   <c:v>A TA</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>E T</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>E TA</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>E A</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Лист31!$B$49:$H$49</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>-0.23</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>-0.57</c:v>
+                  <c:v>-0.56999999999999995</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>-0.34</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0.19</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>-0.12</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0.77</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.89</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000002-C04A-45B3-B5D5-32B4F7A8C156}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Лист31!$A$50</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>CD8 r </c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
             <a:ln w="25400">
               <a:noFill/>
             </a:ln>
           </c:spPr>
           <c:invertIfNegative val="0"/>
-          <c:dLbls>
-[...1 lines deleted...]
-          </c:dLbls>
           <c:errBars>
             <c:errBarType val="both"/>
             <c:errValType val="cust"/>
             <c:noEndCap val="0"/>
             <c:plus>
               <c:numRef>
                 <c:f>Лист31!$J$50:$P$50</c:f>
                 <c:numCache>
                   <c:formatCode>General</c:formatCode>
                   <c:ptCount val="7"/>
                   <c:pt idx="0">
                     <c:v>0.49</c:v>
                   </c:pt>
                   <c:pt idx="1">
                     <c:v>0.39</c:v>
                   </c:pt>
                   <c:pt idx="2">
                     <c:v>0.27</c:v>
                   </c:pt>
                   <c:pt idx="3">
                     <c:v>0.44</c:v>
                   </c:pt>
                   <c:pt idx="4">
-                    <c:v>0.56</c:v>
+                    <c:v>0.56000000000000005</c:v>
                   </c:pt>
                   <c:pt idx="5">
                     <c:v>0.46</c:v>
                   </c:pt>
                   <c:pt idx="6">
                     <c:v>0.5</c:v>
                   </c:pt>
                 </c:numCache>
               </c:numRef>
             </c:plus>
             <c:minus>
               <c:numRef>
                 <c:f>Лист31!$J$50:$P$50</c:f>
                 <c:numCache>
                   <c:formatCode>General</c:formatCode>
                   <c:ptCount val="7"/>
                   <c:pt idx="0">
                     <c:v>0.49</c:v>
                   </c:pt>
                   <c:pt idx="1">
                     <c:v>0.39</c:v>
                   </c:pt>
                   <c:pt idx="2">
                     <c:v>0.27</c:v>
                   </c:pt>
                   <c:pt idx="3">
                     <c:v>0.44</c:v>
                   </c:pt>
                   <c:pt idx="4">
-                    <c:v>0.56</c:v>
+                    <c:v>0.56000000000000005</c:v>
                   </c:pt>
                   <c:pt idx="5">
                     <c:v>0.46</c:v>
                   </c:pt>
                   <c:pt idx="6">
                     <c:v>0.5</c:v>
                   </c:pt>
                 </c:numCache>
               </c:numRef>
             </c:minus>
             <c:spPr>
               <a:noFill/>
               <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
                 <a:round/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
           </c:errBars>
@@ -36349,94 +20398,96 @@
                 <c:pt idx="4">
                   <c:v>E T</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>E TA</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>E A</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Лист31!$B$50:$H$50</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>-1.19</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>-1.66</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>-1.14</c:v>
+                  <c:v>-1.1399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>-0.3</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0.05</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>1.36</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>1.31</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000003-C04A-45B3-B5D5-32B4F7A8C156}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>Лист31!$A$51</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>CD16 r</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
             <a:ln w="25400">
               <a:noFill/>
             </a:ln>
           </c:spPr>
           <c:invertIfNegative val="0"/>
-          <c:dLbls>
-[...1 lines deleted...]
-          </c:dLbls>
           <c:errBars>
             <c:errBarType val="both"/>
             <c:errValType val="cust"/>
             <c:noEndCap val="0"/>
             <c:plus>
               <c:numRef>
                 <c:f>Лист31!$J$51:$P$51</c:f>
                 <c:numCache>
                   <c:formatCode>General</c:formatCode>
                   <c:ptCount val="7"/>
                   <c:pt idx="0">
                     <c:v>0.08</c:v>
                   </c:pt>
                   <c:pt idx="1">
                     <c:v>0.09</c:v>
                   </c:pt>
                   <c:pt idx="2">
                     <c:v>0.13</c:v>
                   </c:pt>
                   <c:pt idx="3">
                     <c:v>0.12</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>0.09</c:v>
                   </c:pt>
@@ -36531,50 +20582,55 @@
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>-1.9</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>-2</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>-1.38</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>-1.03</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0.51</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0.97</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.46</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000004-C04A-45B3-B5D5-32B4F7A8C156}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
         <c:axId val="351541088"/>
         <c:axId val="1"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="351541088"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="low"/>
@@ -36587,50 +20643,51 @@
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr lang="pl-PL" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
+            <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="1"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
         <c:axId val="1"/>
         <c:scaling>
           <c:orientation val="minMax"/>
           <c:max val="1.5"/>
           <c:min val="-2"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
@@ -36647,162 +20704,163 @@
             <c:rich>
               <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr lang="pl-PL" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1">
                         <a:lumMod val="65000"/>
                         <a:lumOff val="35000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="en-US"/>
                   <a:t>Z±SE</a:t>
                 </a:r>
                 <a:endParaRPr lang="ru-RU"/>
               </a:p>
             </c:rich>
           </c:tx>
-          <c:layout/>
           <c:overlay val="0"/>
           <c:spPr>
             <a:noFill/>
             <a:ln w="25400">
               <a:noFill/>
             </a:ln>
           </c:spPr>
         </c:title>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
             <a:noFill/>
             <a:prstDash val="solid"/>
             <a:round/>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr lang="pl-PL" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
+            <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="351541088"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25400">
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
-      <c:layout/>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25400">
           <a:noFill/>
         </a:ln>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr lang="pl-PL" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
+          <a:endParaRPr lang="pl-PL"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext uri="{0b15fc19-7d7d-44ad-8c2d-2c3a37ce22c3}">
         <chartProps xmlns="https://web.wps.cn/et/2018/main" chartId="{b95088d2-ca09-49d9-9663-641fee5aa9a3}"/>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:prstDash val="solid"/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr lang="pl-PL"/>
       </a:pPr>
+      <a:endParaRPr lang="pl-PL"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -37046,89 +21104,93 @@
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps/>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal_Wordconv.dotm</Template>
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>19</Pages>
+  <Words>7401</Words>
+  <Characters>44407</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>370</Lines>
+  <Paragraphs>103</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
   <Company>Leicester City Council</Company>
-  <Pages>19</Pages>
-[...5 lines deleted...]
-  <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>44413</CharactersWithSpaces>
-[...1 lines deleted...]
-  <DocSecurity>0</DocSecurity>
+  <CharactersWithSpaces>51705</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:title>Added value from European Territorial Co-operation: the impact on the young of demographic change in the Alps</dc:title>
   <dc:creator>Library</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Added value from European Territorial Co-operation: the impact on the young of demographic change in the Alps</dc:title>
-  <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1045-12.2.0.21179</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>48CC68C1EB5846F5A92A1754C55DAFE6_13</vt:lpwstr>
   </property>
 </Properties>
 </file>